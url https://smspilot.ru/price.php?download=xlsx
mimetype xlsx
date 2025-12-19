--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,36 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="633" uniqueCount="633">
   <si>
     <t>Prefix</t>
@@ -1973,51 +1973,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
   <dimension ref="A1:F313"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="1"/>
     <col min="2" max="2" width="29" customWidth="1"/>
     <col min="3" max="3" width="39" customWidth="1"/>
     <col min="4" max="4" width="11" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
     <col min="6" max="6" width="6" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
@@ -2161,51 +2161,51 @@
       </c>
       <c r="E8" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>1264</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>4.68</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>244</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>376</v>
@@ -2221,111 +2221,111 @@
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
         <v>0.72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>1268</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>5.88</v>
+        <v>5.82</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>9.84</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>374</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
         <v>23.64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>297</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>1242</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
       <c r="E16" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>880</v>
@@ -2381,331 +2381,331 @@
       </c>
       <c r="E19" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
         <v>1.50</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>37525</v>
       </c>
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" t="s">
         <v>61</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>37533</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>64</v>
       </c>
       <c r="F21" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>375290</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
       <c r="E22" t="s">
         <v>64</v>
       </c>
       <c r="F22" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>375292</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>375295</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24" t="s">
         <v>62</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>375297</v>
       </c>
       <c r="B25" t="s">
         <v>60</v>
       </c>
       <c r="C25" t="s">
         <v>61</v>
       </c>
       <c r="D25" t="s">
         <v>62</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>375298</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>37544</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27" t="s">
         <v>62</v>
       </c>
       <c r="E27" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>375291</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28" t="s">
         <v>62</v>
       </c>
       <c r="E28" t="s">
         <v>65</v>
       </c>
       <c r="F28" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>375293</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29" t="s">
         <v>61</v>
       </c>
       <c r="D29" t="s">
         <v>62</v>
       </c>
       <c r="E29" t="s">
         <v>65</v>
       </c>
       <c r="F29" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>375294</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" t="s">
         <v>61</v>
       </c>
       <c r="D30" t="s">
         <v>62</v>
       </c>
       <c r="E30" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>375296</v>
       </c>
       <c r="B31" t="s">
         <v>60</v>
       </c>
       <c r="C31" t="s">
         <v>61</v>
       </c>
       <c r="D31" t="s">
         <v>62</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>375299</v>
       </c>
       <c r="B32" t="s">
         <v>60</v>
       </c>
       <c r="C32" t="s">
         <v>61</v>
       </c>
       <c r="D32" t="s">
         <v>62</v>
       </c>
       <c r="E32" t="s">
         <v>65</v>
       </c>
       <c r="F32" s="3">
-        <v>17.76</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>501</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>68</v>
       </c>
       <c r="E33" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" t="s">
         <v>70</v>
       </c>
       <c r="D34" t="s">
         <v>71</v>
       </c>
       <c r="E34" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>4.26</v>
+        <v>4.20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>229</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="s">
         <v>73</v>
       </c>
       <c r="D35" t="s">
         <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
         <v>1.98</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>1441</v>
@@ -2721,51 +2721,51 @@
       </c>
       <c r="E36" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>359</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37" t="s">
         <v>80</v>
       </c>
       <c r="E37" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>15.48</v>
+        <v>15.30</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>591</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38" t="s">
         <v>82</v>
       </c>
       <c r="D38" t="s">
         <v>83</v>
       </c>
       <c r="E38" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
         <v>1.62</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>387</v>
@@ -2801,51 +2801,51 @@
       </c>
       <c r="E40" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
         <v>1.20</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>55</v>
       </c>
       <c r="B41" t="s">
         <v>90</v>
       </c>
       <c r="C41" t="s">
         <v>91</v>
       </c>
       <c r="D41" t="s">
         <v>92</v>
       </c>
       <c r="E41" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>1284</v>
       </c>
       <c r="B42" t="s">
         <v>93</v>
       </c>
       <c r="C42" t="s">
         <v>94</v>
       </c>
       <c r="D42" t="s">
         <v>95</v>
       </c>
       <c r="E42" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
         <v>1.02</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>673</v>
@@ -2861,71 +2861,71 @@
       </c>
       <c r="E43" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
         <v>0.72</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>226</v>
       </c>
       <c r="B44" t="s">
         <v>99</v>
       </c>
       <c r="C44" t="s">
         <v>100</v>
       </c>
       <c r="D44" t="s">
         <v>101</v>
       </c>
       <c r="E44" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1.08</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>257</v>
       </c>
       <c r="B45" t="s">
         <v>102</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45" t="s">
         <v>104</v>
       </c>
       <c r="E45" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1.32</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>975</v>
       </c>
       <c r="B46" t="s">
         <v>105</v>
       </c>
       <c r="C46" t="s">
         <v>106</v>
       </c>
       <c r="D46" t="s">
         <v>107</v>
       </c>
       <c r="E46" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>678</v>
@@ -2941,51 +2941,51 @@
       </c>
       <c r="E47" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>44</v>
       </c>
       <c r="B48" t="s">
         <v>111</v>
       </c>
       <c r="C48" t="s">
         <v>112</v>
       </c>
       <c r="D48" t="s">
         <v>113</v>
       </c>
       <c r="E48" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>6.42</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>36</v>
       </c>
       <c r="B49" t="s">
         <v>114</v>
       </c>
       <c r="C49" t="s">
         <v>115</v>
       </c>
       <c r="D49" t="s">
         <v>116</v>
       </c>
       <c r="E49" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
         <v>2.64</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>58</v>
@@ -3121,111 +3121,111 @@
       </c>
       <c r="E56" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
         <v>1.14</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>502</v>
       </c>
       <c r="B57" t="s">
         <v>138</v>
       </c>
       <c r="C57" t="s">
         <v>139</v>
       </c>
       <c r="D57" t="s">
         <v>140</v>
       </c>
       <c r="E57" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2.64</v>
+        <v>2.58</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>224</v>
       </c>
       <c r="B58" t="s">
         <v>141</v>
       </c>
       <c r="C58" t="s">
         <v>142</v>
       </c>
       <c r="D58" t="s">
         <v>143</v>
       </c>
       <c r="E58" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1.68</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>245</v>
       </c>
       <c r="B59" t="s">
         <v>144</v>
       </c>
       <c r="C59" t="s">
         <v>145</v>
       </c>
       <c r="D59" t="s">
         <v>146</v>
       </c>
       <c r="E59" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>49</v>
       </c>
       <c r="B60" t="s">
         <v>147</v>
       </c>
       <c r="C60" t="s">
         <v>148</v>
       </c>
       <c r="D60" t="s">
         <v>149</v>
       </c>
       <c r="E60" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>9.00</v>
+        <v>9.48</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>350</v>
       </c>
       <c r="B61" t="s">
         <v>150</v>
       </c>
       <c r="C61" t="s">
         <v>151</v>
       </c>
       <c r="D61" t="s">
         <v>152</v>
       </c>
       <c r="E61" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
         <v>1.26</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>31</v>
@@ -3241,171 +3241,171 @@
       </c>
       <c r="E62" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
         <v>2.22</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>504</v>
       </c>
       <c r="B63" t="s">
         <v>156</v>
       </c>
       <c r="C63" t="s">
         <v>157</v>
       </c>
       <c r="D63" t="s">
         <v>158</v>
       </c>
       <c r="E63" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>3.60</v>
+        <v>3.54</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>852</v>
       </c>
       <c r="B64" t="s">
         <v>159</v>
       </c>
       <c r="C64" t="s">
         <v>160</v>
       </c>
       <c r="D64" t="s">
         <v>161</v>
       </c>
       <c r="E64" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
         <v>2.16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>1473</v>
       </c>
       <c r="B65" t="s">
         <v>162</v>
       </c>
       <c r="C65" t="s">
         <v>163</v>
       </c>
       <c r="D65" t="s">
         <v>164</v>
       </c>
       <c r="E65" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1.50</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>299</v>
       </c>
       <c r="B66" t="s">
         <v>165</v>
       </c>
       <c r="C66" t="s">
         <v>166</v>
       </c>
       <c r="D66" t="s">
         <v>167</v>
       </c>
       <c r="E66" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
         <v>0.60</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>30</v>
       </c>
       <c r="B67" t="s">
         <v>168</v>
       </c>
       <c r="C67" t="s">
         <v>169</v>
       </c>
       <c r="D67" t="s">
         <v>170</v>
       </c>
       <c r="E67" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>4.92</v>
+        <v>4.86</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>995</v>
       </c>
       <c r="B68" t="s">
         <v>171</v>
       </c>
       <c r="C68" t="s">
         <v>172</v>
       </c>
       <c r="D68" t="s">
         <v>173</v>
       </c>
       <c r="E68" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
         <v>23.64</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>45</v>
       </c>
       <c r="B69" t="s">
         <v>174</v>
       </c>
       <c r="C69" t="s">
         <v>175</v>
       </c>
       <c r="D69" t="s">
         <v>176</v>
       </c>
       <c r="E69" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>4.68</v>
+        <v>5.04</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>253</v>
       </c>
       <c r="B70" t="s">
         <v>177</v>
       </c>
       <c r="C70" t="s">
         <v>178</v>
       </c>
       <c r="D70" t="s">
         <v>179</v>
       </c>
       <c r="E70" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
         <v>23.64</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>1767</v>
@@ -3441,51 +3441,51 @@
       </c>
       <c r="E72" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
         <v>1.98</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>20</v>
       </c>
       <c r="B73" t="s">
         <v>186</v>
       </c>
       <c r="C73" t="s">
         <v>187</v>
       </c>
       <c r="D73" t="s">
         <v>188</v>
       </c>
       <c r="E73" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1.56</v>
+        <v>1.50</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>260</v>
       </c>
       <c r="B74" t="s">
         <v>189</v>
       </c>
       <c r="C74" t="s">
         <v>190</v>
       </c>
       <c r="D74" t="s">
         <v>191</v>
       </c>
       <c r="E74" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
         <v>1.38</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>263</v>
@@ -3501,91 +3501,91 @@
       </c>
       <c r="E75" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
         <v>1.98</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>972</v>
       </c>
       <c r="B76" t="s">
         <v>195</v>
       </c>
       <c r="C76" t="s">
         <v>196</v>
       </c>
       <c r="D76" t="s">
         <v>197</v>
       </c>
       <c r="E76" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>28.62</v>
+        <v>22.62</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>91</v>
       </c>
       <c r="B77" t="s">
         <v>198</v>
       </c>
       <c r="C77" t="s">
         <v>199</v>
       </c>
       <c r="D77" t="s">
         <v>200</v>
       </c>
       <c r="E77" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
         <v>0.66</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>62</v>
       </c>
       <c r="B78" t="s">
         <v>201</v>
       </c>
       <c r="C78" t="s">
         <v>202</v>
       </c>
       <c r="D78" t="s">
         <v>203</v>
       </c>
       <c r="E78" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>36.54</v>
+        <v>37.50</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>962</v>
       </c>
       <c r="B79" t="s">
         <v>204</v>
       </c>
       <c r="C79" t="s">
         <v>205</v>
       </c>
       <c r="D79" t="s">
         <v>206</v>
       </c>
       <c r="E79" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
         <v>1.38</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>964</v>
@@ -3601,1311 +3601,1311 @@
       </c>
       <c r="E80" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
         <v>1.20</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>98</v>
       </c>
       <c r="B81" t="s">
         <v>210</v>
       </c>
       <c r="C81" t="s">
         <v>211</v>
       </c>
       <c r="D81" t="s">
         <v>212</v>
       </c>
       <c r="E81" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>35.04</v>
+        <v>35.70</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>353</v>
       </c>
       <c r="B82" t="s">
         <v>213</v>
       </c>
       <c r="C82" t="s">
         <v>214</v>
       </c>
       <c r="D82" t="s">
         <v>215</v>
       </c>
       <c r="E82" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1.74</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>354</v>
       </c>
       <c r="B83" t="s">
         <v>216</v>
       </c>
       <c r="C83" t="s">
         <v>217</v>
       </c>
       <c r="D83" t="s">
         <v>218</v>
       </c>
       <c r="E83" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
         <v>1.32</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>34</v>
       </c>
       <c r="B84" t="s">
         <v>219</v>
       </c>
       <c r="C84" t="s">
         <v>220</v>
       </c>
       <c r="D84" t="s">
         <v>221</v>
       </c>
       <c r="E84" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>3.24</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>39</v>
       </c>
       <c r="B85" t="s">
         <v>222</v>
       </c>
       <c r="C85" t="s">
         <v>223</v>
       </c>
       <c r="D85" t="s">
         <v>224</v>
       </c>
       <c r="E85" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>4.14</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>967</v>
       </c>
       <c r="B86" t="s">
         <v>225</v>
       </c>
       <c r="C86" t="s">
         <v>226</v>
       </c>
       <c r="D86" t="s">
         <v>227</v>
       </c>
       <c r="E86" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>3.54</v>
+        <v>3.48</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>238</v>
       </c>
       <c r="B87" t="s">
         <v>228</v>
       </c>
       <c r="C87" t="s">
         <v>229</v>
       </c>
       <c r="D87" t="s">
         <v>230</v>
       </c>
       <c r="E87" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
         <v>1.38</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>7700</v>
       </c>
       <c r="B88" t="s">
         <v>231</v>
       </c>
       <c r="C88" t="s">
         <v>232</v>
       </c>
       <c r="D88" t="s">
         <v>233</v>
       </c>
       <c r="E88" t="s">
         <v>234</v>
       </c>
       <c r="F88" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>7708</v>
       </c>
       <c r="B89" t="s">
         <v>231</v>
       </c>
       <c r="C89" t="s">
         <v>232</v>
       </c>
       <c r="D89" t="s">
         <v>233</v>
       </c>
       <c r="E89" t="s">
         <v>234</v>
       </c>
       <c r="F89" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>7705</v>
       </c>
       <c r="B90" t="s">
         <v>231</v>
       </c>
       <c r="C90" t="s">
         <v>232</v>
       </c>
       <c r="D90" t="s">
         <v>233</v>
       </c>
       <c r="E90" t="s">
         <v>235</v>
       </c>
       <c r="F90" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>7764</v>
       </c>
       <c r="B91" t="s">
         <v>231</v>
       </c>
       <c r="C91" t="s">
         <v>232</v>
       </c>
       <c r="D91" t="s">
         <v>233</v>
       </c>
       <c r="E91" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>7771</v>
       </c>
       <c r="B92" t="s">
         <v>231</v>
       </c>
       <c r="C92" t="s">
         <v>232</v>
       </c>
       <c r="D92" t="s">
         <v>233</v>
       </c>
       <c r="E92" t="s">
         <v>235</v>
       </c>
       <c r="F92" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>7776</v>
       </c>
       <c r="B93" t="s">
         <v>231</v>
       </c>
       <c r="C93" t="s">
         <v>232</v>
       </c>
       <c r="D93" t="s">
         <v>233</v>
       </c>
       <c r="E93" t="s">
         <v>235</v>
       </c>
       <c r="F93" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>7777</v>
       </c>
       <c r="B94" t="s">
         <v>231</v>
       </c>
       <c r="C94" t="s">
         <v>232</v>
       </c>
       <c r="D94" t="s">
         <v>233</v>
       </c>
       <c r="E94" t="s">
         <v>235</v>
       </c>
       <c r="F94" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>7701</v>
       </c>
       <c r="B95" t="s">
         <v>231</v>
       </c>
       <c r="C95" t="s">
         <v>232</v>
       </c>
       <c r="D95" t="s">
         <v>233</v>
       </c>
       <c r="E95" t="s">
         <v>236</v>
       </c>
       <c r="F95" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>7702</v>
       </c>
       <c r="B96" t="s">
         <v>231</v>
       </c>
       <c r="C96" t="s">
         <v>232</v>
       </c>
       <c r="D96" t="s">
         <v>233</v>
       </c>
       <c r="E96" t="s">
         <v>236</v>
       </c>
       <c r="F96" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>7775</v>
       </c>
       <c r="B97" t="s">
         <v>231</v>
       </c>
       <c r="C97" t="s">
         <v>232</v>
       </c>
       <c r="D97" t="s">
         <v>233</v>
       </c>
       <c r="E97" t="s">
         <v>236</v>
       </c>
       <c r="F97" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>7778</v>
       </c>
       <c r="B98" t="s">
         <v>231</v>
       </c>
       <c r="C98" t="s">
         <v>232</v>
       </c>
       <c r="D98" t="s">
         <v>233</v>
       </c>
       <c r="E98" t="s">
         <v>236</v>
       </c>
       <c r="F98" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>7707</v>
       </c>
       <c r="B99" t="s">
         <v>231</v>
       </c>
       <c r="C99" t="s">
         <v>232</v>
       </c>
       <c r="D99" t="s">
         <v>233</v>
       </c>
       <c r="E99" t="s">
         <v>237</v>
       </c>
       <c r="F99" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>7747</v>
       </c>
       <c r="B100" t="s">
         <v>231</v>
       </c>
       <c r="C100" t="s">
         <v>232</v>
       </c>
       <c r="D100" t="s">
         <v>233</v>
       </c>
       <c r="E100" t="s">
         <v>237</v>
       </c>
       <c r="F100" s="3">
-        <v>21.42</v>
+        <v>23.46</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>1345</v>
       </c>
       <c r="B101" t="s">
         <v>238</v>
       </c>
       <c r="C101" t="s">
         <v>239</v>
       </c>
       <c r="D101" t="s">
         <v>240</v>
       </c>
       <c r="E101" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>9.00</v>
+        <v>8.94</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>855</v>
       </c>
       <c r="B102" t="s">
         <v>241</v>
       </c>
       <c r="C102" t="s">
         <v>242</v>
       </c>
       <c r="D102" t="s">
         <v>243</v>
       </c>
       <c r="E102" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>2.76</v>
+        <v>2.70</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>237</v>
       </c>
       <c r="B103" t="s">
         <v>244</v>
       </c>
       <c r="C103" t="s">
         <v>245</v>
       </c>
       <c r="D103" t="s">
         <v>246</v>
       </c>
       <c r="E103" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
         <v>1.92</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>1204</v>
       </c>
       <c r="B104" t="s">
         <v>247</v>
       </c>
       <c r="C104" t="s">
         <v>248</v>
       </c>
       <c r="D104" t="s">
         <v>249</v>
       </c>
       <c r="E104" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>1226</v>
       </c>
       <c r="B105" t="s">
         <v>247</v>
       </c>
       <c r="C105" t="s">
         <v>248</v>
       </c>
       <c r="D105" t="s">
         <v>249</v>
       </c>
       <c r="E105" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>1236</v>
       </c>
       <c r="B106" t="s">
         <v>247</v>
       </c>
       <c r="C106" t="s">
         <v>248</v>
       </c>
       <c r="D106" t="s">
         <v>249</v>
       </c>
       <c r="E106" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>1249</v>
       </c>
       <c r="B107" t="s">
         <v>247</v>
       </c>
       <c r="C107" t="s">
         <v>248</v>
       </c>
       <c r="D107" t="s">
         <v>249</v>
       </c>
       <c r="E107" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>1250</v>
       </c>
       <c r="B108" t="s">
         <v>247</v>
       </c>
       <c r="C108" t="s">
         <v>248</v>
       </c>
       <c r="D108" t="s">
         <v>249</v>
       </c>
       <c r="E108" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>1289</v>
       </c>
       <c r="B109" t="s">
         <v>247</v>
       </c>
       <c r="C109" t="s">
         <v>248</v>
       </c>
       <c r="D109" t="s">
         <v>249</v>
       </c>
       <c r="E109" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>1306</v>
       </c>
       <c r="B110" t="s">
         <v>247</v>
       </c>
       <c r="C110" t="s">
         <v>248</v>
       </c>
       <c r="D110" t="s">
         <v>249</v>
       </c>
       <c r="E110" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>1343</v>
       </c>
       <c r="B111" t="s">
         <v>247</v>
       </c>
       <c r="C111" t="s">
         <v>248</v>
       </c>
       <c r="D111" t="s">
         <v>249</v>
       </c>
       <c r="E111" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>1365</v>
       </c>
       <c r="B112" t="s">
         <v>247</v>
       </c>
       <c r="C112" t="s">
         <v>248</v>
       </c>
       <c r="D112" t="s">
         <v>249</v>
       </c>
       <c r="E112" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>1367</v>
       </c>
       <c r="B113" t="s">
         <v>247</v>
       </c>
       <c r="C113" t="s">
         <v>248</v>
       </c>
       <c r="D113" t="s">
         <v>249</v>
       </c>
       <c r="E113" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>1403</v>
       </c>
       <c r="B114" t="s">
         <v>247</v>
       </c>
       <c r="C114" t="s">
         <v>248</v>
       </c>
       <c r="D114" t="s">
         <v>249</v>
       </c>
       <c r="E114" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>1416</v>
       </c>
       <c r="B115" t="s">
         <v>247</v>
       </c>
       <c r="C115" t="s">
         <v>248</v>
       </c>
       <c r="D115" t="s">
         <v>249</v>
       </c>
       <c r="E115" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>1418</v>
       </c>
       <c r="B116" t="s">
         <v>247</v>
       </c>
       <c r="C116" t="s">
         <v>248</v>
       </c>
       <c r="D116" t="s">
         <v>249</v>
       </c>
       <c r="E116" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>1431</v>
       </c>
       <c r="B117" t="s">
         <v>247</v>
       </c>
       <c r="C117" t="s">
         <v>248</v>
       </c>
       <c r="D117" t="s">
         <v>249</v>
       </c>
       <c r="E117" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>1437</v>
       </c>
       <c r="B118" t="s">
         <v>247</v>
       </c>
       <c r="C118" t="s">
         <v>248</v>
       </c>
       <c r="D118" t="s">
         <v>249</v>
       </c>
       <c r="E118" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>1438</v>
       </c>
       <c r="B119" t="s">
         <v>247</v>
       </c>
       <c r="C119" t="s">
         <v>248</v>
       </c>
       <c r="D119" t="s">
         <v>249</v>
       </c>
       <c r="E119" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>1450</v>
       </c>
       <c r="B120" t="s">
         <v>247</v>
       </c>
       <c r="C120" t="s">
         <v>248</v>
       </c>
       <c r="D120" t="s">
         <v>249</v>
       </c>
       <c r="E120" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>1506</v>
       </c>
       <c r="B121" t="s">
         <v>247</v>
       </c>
       <c r="C121" t="s">
         <v>248</v>
       </c>
       <c r="D121" t="s">
         <v>249</v>
       </c>
       <c r="E121" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>1514</v>
       </c>
       <c r="B122" t="s">
         <v>247</v>
       </c>
       <c r="C122" t="s">
         <v>248</v>
       </c>
       <c r="D122" t="s">
         <v>249</v>
       </c>
       <c r="E122" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>1519</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" t="s">
         <v>248</v>
       </c>
       <c r="D123" t="s">
         <v>249</v>
       </c>
       <c r="E123" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>1548</v>
       </c>
       <c r="B124" t="s">
         <v>247</v>
       </c>
       <c r="C124" t="s">
         <v>248</v>
       </c>
       <c r="D124" t="s">
         <v>249</v>
       </c>
       <c r="E124" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>1579</v>
       </c>
       <c r="B125" t="s">
         <v>247</v>
       </c>
       <c r="C125" t="s">
         <v>248</v>
       </c>
       <c r="D125" t="s">
         <v>249</v>
       </c>
       <c r="E125" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>1581</v>
       </c>
       <c r="B126" t="s">
         <v>247</v>
       </c>
       <c r="C126" t="s">
         <v>248</v>
       </c>
       <c r="D126" t="s">
         <v>249</v>
       </c>
       <c r="E126" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>1587</v>
       </c>
       <c r="B127" t="s">
         <v>247</v>
       </c>
       <c r="C127" t="s">
         <v>248</v>
       </c>
       <c r="D127" t="s">
         <v>249</v>
       </c>
       <c r="E127" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>1604</v>
       </c>
       <c r="B128" t="s">
         <v>247</v>
       </c>
       <c r="C128" t="s">
         <v>248</v>
       </c>
       <c r="D128" t="s">
         <v>249</v>
       </c>
       <c r="E128" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>1613</v>
       </c>
       <c r="B129" t="s">
         <v>247</v>
       </c>
       <c r="C129" t="s">
         <v>248</v>
       </c>
       <c r="D129" t="s">
         <v>249</v>
       </c>
       <c r="E129" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>1639</v>
       </c>
       <c r="B130" t="s">
         <v>247</v>
       </c>
       <c r="C130" t="s">
         <v>248</v>
       </c>
       <c r="D130" t="s">
         <v>249</v>
       </c>
       <c r="E130" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>1647</v>
       </c>
       <c r="B131" t="s">
         <v>247</v>
       </c>
       <c r="C131" t="s">
         <v>248</v>
       </c>
       <c r="D131" t="s">
         <v>249</v>
       </c>
       <c r="E131" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>1672</v>
       </c>
       <c r="B132" t="s">
         <v>247</v>
       </c>
       <c r="C132" t="s">
         <v>248</v>
       </c>
       <c r="D132" t="s">
         <v>249</v>
       </c>
       <c r="E132" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>1705</v>
       </c>
       <c r="B133" t="s">
         <v>247</v>
       </c>
       <c r="C133" t="s">
         <v>248</v>
       </c>
       <c r="D133" t="s">
         <v>249</v>
       </c>
       <c r="E133" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>1709</v>
       </c>
       <c r="B134" t="s">
         <v>247</v>
       </c>
       <c r="C134" t="s">
         <v>248</v>
       </c>
       <c r="D134" t="s">
         <v>249</v>
       </c>
       <c r="E134" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>1778</v>
       </c>
       <c r="B135" t="s">
         <v>247</v>
       </c>
       <c r="C135" t="s">
         <v>248</v>
       </c>
       <c r="D135" t="s">
         <v>249</v>
       </c>
       <c r="E135" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>1780</v>
       </c>
       <c r="B136" t="s">
         <v>247</v>
       </c>
       <c r="C136" t="s">
         <v>248</v>
       </c>
       <c r="D136" t="s">
         <v>249</v>
       </c>
       <c r="E136" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>1782</v>
       </c>
       <c r="B137" t="s">
         <v>247</v>
       </c>
       <c r="C137" t="s">
         <v>248</v>
       </c>
       <c r="D137" t="s">
         <v>249</v>
       </c>
       <c r="E137" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>1807</v>
       </c>
       <c r="B138" t="s">
         <v>247</v>
       </c>
       <c r="C138" t="s">
         <v>248</v>
       </c>
       <c r="D138" t="s">
         <v>249</v>
       </c>
       <c r="E138" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>1819</v>
       </c>
       <c r="B139" t="s">
         <v>247</v>
       </c>
       <c r="C139" t="s">
         <v>248</v>
       </c>
       <c r="D139" t="s">
         <v>249</v>
       </c>
       <c r="E139" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>1825</v>
       </c>
       <c r="B140" t="s">
         <v>247</v>
       </c>
       <c r="C140" t="s">
         <v>248</v>
       </c>
       <c r="D140" t="s">
         <v>249</v>
       </c>
       <c r="E140" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>1867</v>
       </c>
       <c r="B141" t="s">
         <v>247</v>
       </c>
       <c r="C141" t="s">
         <v>248</v>
       </c>
       <c r="D141" t="s">
         <v>249</v>
       </c>
       <c r="E141" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>1873</v>
       </c>
       <c r="B142" t="s">
         <v>247</v>
       </c>
       <c r="C142" t="s">
         <v>248</v>
       </c>
       <c r="D142" t="s">
         <v>249</v>
       </c>
       <c r="E142" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>1902</v>
       </c>
       <c r="B143" t="s">
         <v>247</v>
       </c>
       <c r="C143" t="s">
         <v>248</v>
       </c>
       <c r="D143" t="s">
         <v>249</v>
       </c>
       <c r="E143" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>1905</v>
       </c>
       <c r="B144" t="s">
         <v>247</v>
       </c>
       <c r="C144" t="s">
         <v>248</v>
       </c>
       <c r="D144" t="s">
         <v>249</v>
       </c>
       <c r="E144" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>1.86</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>974</v>
       </c>
       <c r="B145" t="s">
         <v>250</v>
       </c>
       <c r="C145" t="s">
         <v>251</v>
       </c>
       <c r="D145" t="s">
         <v>252</v>
       </c>
       <c r="E145" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
         <v>1.38</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>254</v>
@@ -4921,71 +4921,71 @@
       </c>
       <c r="E146" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
         <v>0.90</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>357</v>
       </c>
       <c r="B147" t="s">
         <v>256</v>
       </c>
       <c r="C147" t="s">
         <v>257</v>
       </c>
       <c r="D147" t="s">
         <v>258</v>
       </c>
       <c r="E147" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>1.38</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>86</v>
       </c>
       <c r="B148" t="s">
         <v>259</v>
       </c>
       <c r="C148" t="s">
         <v>260</v>
       </c>
       <c r="D148" t="s">
         <v>261</v>
       </c>
       <c r="E148" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>3.36</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>57</v>
       </c>
       <c r="B149" t="s">
         <v>262</v>
       </c>
       <c r="C149" t="s">
         <v>263</v>
       </c>
       <c r="D149" t="s">
         <v>264</v>
       </c>
       <c r="E149" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>269</v>
@@ -5041,251 +5041,251 @@
       </c>
       <c r="E152" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
         <v>1.98</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>53</v>
       </c>
       <c r="B153" t="s">
         <v>274</v>
       </c>
       <c r="C153" t="s">
         <v>275</v>
       </c>
       <c r="D153" t="s">
         <v>276</v>
       </c>
       <c r="E153" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>5.94</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>965</v>
       </c>
       <c r="B154" t="s">
         <v>277</v>
       </c>
       <c r="C154" t="s">
         <v>278</v>
       </c>
       <c r="D154" t="s">
         <v>279</v>
       </c>
       <c r="E154" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>996</v>
       </c>
       <c r="B155" t="s">
         <v>280</v>
       </c>
       <c r="C155" t="s">
         <v>281</v>
       </c>
       <c r="D155" t="s">
         <v>282</v>
       </c>
       <c r="E155" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>3.48</v>
+        <v>26.10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>856</v>
       </c>
       <c r="B156" t="s">
         <v>283</v>
       </c>
       <c r="C156" t="s">
         <v>284</v>
       </c>
       <c r="D156" t="s">
         <v>285</v>
       </c>
       <c r="E156" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
         <v>1.62</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>3712</v>
       </c>
       <c r="B157" t="s">
         <v>286</v>
       </c>
       <c r="C157" t="s">
         <v>287</v>
       </c>
       <c r="D157" t="s">
         <v>288</v>
       </c>
       <c r="E157" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>5.46</v>
+        <v>5.40</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>266</v>
       </c>
       <c r="B158" t="s">
         <v>289</v>
       </c>
       <c r="C158" t="s">
         <v>290</v>
       </c>
       <c r="D158" t="s">
         <v>291</v>
       </c>
       <c r="E158" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>231</v>
       </c>
       <c r="B159" t="s">
         <v>292</v>
       </c>
       <c r="C159" t="s">
         <v>293</v>
       </c>
       <c r="D159" t="s">
         <v>294</v>
       </c>
       <c r="E159" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
         <v>1.44</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>961</v>
       </c>
       <c r="B160" t="s">
         <v>295</v>
       </c>
       <c r="C160" t="s">
         <v>296</v>
       </c>
       <c r="D160" t="s">
         <v>297</v>
       </c>
       <c r="E160" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>2.28</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>218</v>
       </c>
       <c r="B161" t="s">
         <v>298</v>
       </c>
       <c r="C161" t="s">
         <v>299</v>
       </c>
       <c r="D161" t="s">
         <v>300</v>
       </c>
       <c r="E161" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>1.08</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>370</v>
       </c>
       <c r="B162" t="s">
         <v>301</v>
       </c>
       <c r="C162" t="s">
         <v>302</v>
       </c>
       <c r="D162" t="s">
         <v>303</v>
       </c>
       <c r="E162" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
         <v>4.80</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>423</v>
       </c>
       <c r="B163" t="s">
         <v>304</v>
       </c>
       <c r="C163" t="s">
         <v>305</v>
       </c>
       <c r="D163" t="s">
         <v>306</v>
       </c>
       <c r="E163" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>352</v>
       </c>
       <c r="B164" t="s">
         <v>307</v>
       </c>
       <c r="C164" t="s">
         <v>308</v>
       </c>
       <c r="D164" t="s">
         <v>309</v>
       </c>
       <c r="E164" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
         <v>1.32</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>230</v>
@@ -5301,71 +5301,71 @@
       </c>
       <c r="E165" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
         <v>1.14</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>222</v>
       </c>
       <c r="B166" t="s">
         <v>313</v>
       </c>
       <c r="C166" t="s">
         <v>314</v>
       </c>
       <c r="D166" t="s">
         <v>315</v>
       </c>
       <c r="E166" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>1.50</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>261</v>
       </c>
       <c r="B167" t="s">
         <v>316</v>
       </c>
       <c r="C167" t="s">
         <v>317</v>
       </c>
       <c r="D167" t="s">
         <v>318</v>
       </c>
       <c r="E167" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>2.40</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>853</v>
       </c>
       <c r="B168" t="s">
         <v>319</v>
       </c>
       <c r="C168" t="s">
         <v>320</v>
       </c>
       <c r="D168" t="s">
         <v>321</v>
       </c>
       <c r="E168" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
         <v>2.34</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>265</v>
@@ -5421,131 +5421,131 @@
       </c>
       <c r="E171" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
         <v>0.72</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>960</v>
       </c>
       <c r="B172" t="s">
         <v>331</v>
       </c>
       <c r="C172" t="s">
         <v>332</v>
       </c>
       <c r="D172" t="s">
         <v>333</v>
       </c>
       <c r="E172" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>12.54</v>
+        <v>12.42</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>356</v>
       </c>
       <c r="B173" t="s">
         <v>334</v>
       </c>
       <c r="C173" t="s">
         <v>335</v>
       </c>
       <c r="D173" t="s">
         <v>336</v>
       </c>
       <c r="E173" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>4.86</v>
+        <v>4.80</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>212</v>
       </c>
       <c r="B174" t="s">
         <v>337</v>
       </c>
       <c r="C174" t="s">
         <v>338</v>
       </c>
       <c r="D174" t="s">
         <v>339</v>
       </c>
       <c r="E174" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>17.52</v>
+        <v>15.06</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>596</v>
       </c>
       <c r="B175" t="s">
         <v>340</v>
       </c>
       <c r="C175" t="s">
         <v>341</v>
       </c>
       <c r="D175" t="s">
         <v>342</v>
       </c>
       <c r="E175" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>7.80</v>
+        <v>7.74</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>52</v>
       </c>
       <c r="B176" t="s">
         <v>343</v>
       </c>
       <c r="C176" t="s">
         <v>344</v>
       </c>
       <c r="D176" t="s">
         <v>345</v>
       </c>
       <c r="E176" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>2.52</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>258</v>
       </c>
       <c r="B177" t="s">
         <v>346</v>
       </c>
       <c r="C177" t="s">
         <v>347</v>
       </c>
       <c r="D177" t="s">
         <v>348</v>
       </c>
       <c r="E177" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>373</v>
@@ -5601,51 +5601,51 @@
       </c>
       <c r="E180" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
         <v>1.20</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>1664</v>
       </c>
       <c r="B181" t="s">
         <v>358</v>
       </c>
       <c r="C181" t="s">
         <v>359</v>
       </c>
       <c r="D181" t="s">
         <v>360</v>
       </c>
       <c r="E181" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>2.16</v>
+        <v>2.10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>264</v>
       </c>
       <c r="B182" t="s">
         <v>361</v>
       </c>
       <c r="C182" t="s">
         <v>362</v>
       </c>
       <c r="D182" t="s">
         <v>363</v>
       </c>
       <c r="E182" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
         <v>0.78</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>977</v>
@@ -5721,111 +5721,111 @@
       </c>
       <c r="E186" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
         <v>23.64</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>505</v>
       </c>
       <c r="B187" t="s">
         <v>376</v>
       </c>
       <c r="C187" t="s">
         <v>377</v>
       </c>
       <c r="D187" t="s">
         <v>378</v>
       </c>
       <c r="E187" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>15.78</v>
+        <v>15.60</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>64</v>
       </c>
       <c r="B188" t="s">
         <v>379</v>
       </c>
       <c r="C188" t="s">
         <v>380</v>
       </c>
       <c r="D188" t="s">
         <v>381</v>
       </c>
       <c r="E188" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
         <v>1.86</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>687</v>
       </c>
       <c r="B189" t="s">
         <v>382</v>
       </c>
       <c r="C189" t="s">
         <v>383</v>
       </c>
       <c r="D189" t="s">
         <v>384</v>
       </c>
       <c r="E189" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>2.16</v>
+        <v>2.10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>47</v>
       </c>
       <c r="B190" t="s">
         <v>385</v>
       </c>
       <c r="C190" t="s">
         <v>386</v>
       </c>
       <c r="D190" t="s">
         <v>387</v>
       </c>
       <c r="E190" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>2.52</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>971</v>
       </c>
       <c r="B191" t="s">
         <v>388</v>
       </c>
       <c r="C191" t="s">
         <v>389</v>
       </c>
       <c r="D191" t="s">
         <v>390</v>
       </c>
       <c r="E191" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
         <v>39.18</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>968</v>
@@ -5961,71 +5961,71 @@
       </c>
       <c r="E198" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
         <v>1.32</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>51</v>
       </c>
       <c r="B199" t="s">
         <v>412</v>
       </c>
       <c r="C199" t="s">
         <v>413</v>
       </c>
       <c r="D199" t="s">
         <v>414</v>
       </c>
       <c r="E199" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>1.44</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>48</v>
       </c>
       <c r="B200" t="s">
         <v>415</v>
       </c>
       <c r="C200" t="s">
         <v>416</v>
       </c>
       <c r="D200" t="s">
         <v>417</v>
       </c>
       <c r="E200" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>1.98</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>351</v>
       </c>
       <c r="B201" t="s">
         <v>418</v>
       </c>
       <c r="C201" t="s">
         <v>419</v>
       </c>
       <c r="D201" t="s">
         <v>420</v>
       </c>
       <c r="E201" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="3">
         <v>2.52</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>1787</v>
@@ -6121,51 +6121,51 @@
       </c>
       <c r="E206" t="s">
         <v>235</v>
       </c>
       <c r="F206" s="3">
         <v>9.30</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>79</v>
       </c>
       <c r="B207" t="s">
         <v>430</v>
       </c>
       <c r="C207" t="s">
         <v>431</v>
       </c>
       <c r="D207" t="s">
         <v>432</v>
       </c>
       <c r="E207" t="s">
         <v>434</v>
       </c>
       <c r="F207" s="3">
-        <v>9.00</v>
+        <v>10.02</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>79</v>
       </c>
       <c r="B208" t="s">
         <v>430</v>
       </c>
       <c r="C208" t="s">
         <v>431</v>
       </c>
       <c r="D208" t="s">
         <v>432</v>
       </c>
       <c r="E208" t="s">
         <v>435</v>
       </c>
       <c r="F208" s="3">
         <v>5.76</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>79</v>
@@ -6221,111 +6221,111 @@
       </c>
       <c r="E211" t="s">
         <v>438</v>
       </c>
       <c r="F211" s="3">
         <v>5.76</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>79</v>
       </c>
       <c r="B212" t="s">
         <v>430</v>
       </c>
       <c r="C212" t="s">
         <v>431</v>
       </c>
       <c r="D212" t="s">
         <v>432</v>
       </c>
       <c r="E212" t="s">
         <v>439</v>
       </c>
       <c r="F212" s="3">
-        <v>9.36</v>
+        <v>9.00</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>79</v>
       </c>
       <c r="B213" t="s">
         <v>430</v>
       </c>
       <c r="C213" t="s">
         <v>431</v>
       </c>
       <c r="D213" t="s">
         <v>432</v>
       </c>
       <c r="E213" t="s">
         <v>440</v>
       </c>
       <c r="F213" s="3">
-        <v>6.30</v>
+        <v>10.02</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>79</v>
       </c>
       <c r="B214" t="s">
         <v>430</v>
       </c>
       <c r="C214" t="s">
         <v>431</v>
       </c>
       <c r="D214" t="s">
         <v>432</v>
       </c>
       <c r="E214" t="s">
         <v>64</v>
       </c>
       <c r="F214" s="3">
         <v>5.52</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>79</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" t="s">
         <v>431</v>
       </c>
       <c r="D215" t="s">
         <v>432</v>
       </c>
       <c r="E215" t="s">
         <v>441</v>
       </c>
       <c r="F215" s="3">
-        <v>5.76</v>
+        <v>8.76</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>79</v>
       </c>
       <c r="B216" t="s">
         <v>430</v>
       </c>
       <c r="C216" t="s">
         <v>431</v>
       </c>
       <c r="D216" t="s">
         <v>432</v>
       </c>
       <c r="E216" t="s">
         <v>442</v>
       </c>
       <c r="F216" s="3">
         <v>6.90</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>79</v>
@@ -6461,111 +6461,111 @@
       </c>
       <c r="E223" t="s">
         <v>448</v>
       </c>
       <c r="F223" s="3">
         <v>5.76</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>79</v>
       </c>
       <c r="B224" t="s">
         <v>430</v>
       </c>
       <c r="C224" t="s">
         <v>431</v>
       </c>
       <c r="D224" t="s">
         <v>432</v>
       </c>
       <c r="E224" t="s">
         <v>449</v>
       </c>
       <c r="F224" s="3">
-        <v>8.40</v>
+        <v>10.02</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>250</v>
       </c>
       <c r="B225" t="s">
         <v>450</v>
       </c>
       <c r="C225" t="s">
         <v>451</v>
       </c>
       <c r="D225" t="s">
         <v>452</v>
       </c>
       <c r="E225" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>40</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" t="s">
         <v>454</v>
       </c>
       <c r="D226" t="s">
         <v>455</v>
       </c>
       <c r="E226" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>4.26</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>1</v>
       </c>
       <c r="B227" t="s">
         <v>456</v>
       </c>
       <c r="C227" t="s">
         <v>457</v>
       </c>
       <c r="D227" t="s">
         <v>458</v>
       </c>
       <c r="E227" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>1.14</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>685</v>
       </c>
       <c r="B228" t="s">
         <v>459</v>
       </c>
       <c r="C228" t="s">
         <v>460</v>
       </c>
       <c r="D228" t="s">
         <v>461</v>
       </c>
       <c r="E228" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
         <v>1.20</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>378</v>
@@ -6601,131 +6601,131 @@
       </c>
       <c r="E230" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
         <v>1.32</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>268</v>
       </c>
       <c r="B231" t="s">
         <v>468</v>
       </c>
       <c r="C231" t="s">
         <v>469</v>
       </c>
       <c r="D231" t="s">
         <v>470</v>
       </c>
       <c r="E231" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>248</v>
       </c>
       <c r="B232" t="s">
         <v>471</v>
       </c>
       <c r="C232" t="s">
         <v>472</v>
       </c>
       <c r="D232" t="s">
         <v>473</v>
       </c>
       <c r="E232" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="3">
         <v>0.84</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>221</v>
       </c>
       <c r="B233" t="s">
         <v>474</v>
       </c>
       <c r="C233" t="s">
         <v>475</v>
       </c>
       <c r="D233" t="s">
         <v>476</v>
       </c>
       <c r="E233" t="s">
         <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>5.64</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>1784</v>
       </c>
       <c r="B234" t="s">
         <v>477</v>
       </c>
       <c r="C234" t="s">
         <v>478</v>
       </c>
       <c r="D234" t="s">
         <v>479</v>
       </c>
       <c r="E234" t="s">
         <v>14</v>
       </c>
       <c r="F234" s="3">
         <v>3.96</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>1869</v>
       </c>
       <c r="B235" t="s">
         <v>480</v>
       </c>
       <c r="C235" t="s">
         <v>481</v>
       </c>
       <c r="D235" t="s">
         <v>482</v>
       </c>
       <c r="E235" t="s">
         <v>14</v>
       </c>
       <c r="F235" s="3">
-        <v>3.60</v>
+        <v>3.54</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>1758</v>
       </c>
       <c r="B236" t="s">
         <v>483</v>
       </c>
       <c r="C236" t="s">
         <v>484</v>
       </c>
       <c r="D236" t="s">
         <v>485</v>
       </c>
       <c r="E236" t="s">
         <v>14</v>
       </c>
       <c r="F236" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>381</v>
@@ -6741,51 +6741,51 @@
       </c>
       <c r="E237" t="s">
         <v>14</v>
       </c>
       <c r="F237" s="3">
         <v>1.56</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>65</v>
       </c>
       <c r="B238" t="s">
         <v>489</v>
       </c>
       <c r="C238" t="s">
         <v>490</v>
       </c>
       <c r="D238" t="s">
         <v>491</v>
       </c>
       <c r="E238" t="s">
         <v>14</v>
       </c>
       <c r="F238" s="3">
-        <v>3.42</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>963</v>
       </c>
       <c r="B239" t="s">
         <v>492</v>
       </c>
       <c r="C239" t="s">
         <v>493</v>
       </c>
       <c r="D239" t="s">
         <v>494</v>
       </c>
       <c r="E239" t="s">
         <v>14</v>
       </c>
       <c r="F239" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>421</v>
@@ -6841,51 +6841,51 @@
       </c>
       <c r="E242" t="s">
         <v>14</v>
       </c>
       <c r="F242" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>597</v>
       </c>
       <c r="B243" t="s">
         <v>504</v>
       </c>
       <c r="C243" t="s">
         <v>505</v>
       </c>
       <c r="D243" t="s">
         <v>506</v>
       </c>
       <c r="E243" t="s">
         <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>1.56</v>
+        <v>1.50</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>232</v>
       </c>
       <c r="B244" t="s">
         <v>507</v>
       </c>
       <c r="C244" t="s">
         <v>508</v>
       </c>
       <c r="D244" t="s">
         <v>509</v>
       </c>
       <c r="E244" t="s">
         <v>14</v>
       </c>
       <c r="F244" s="3">
         <v>0.96</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>992</v>
@@ -7021,291 +7021,291 @@
       </c>
       <c r="E251" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="3">
         <v>1.26</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>216</v>
       </c>
       <c r="B252" t="s">
         <v>531</v>
       </c>
       <c r="C252" t="s">
         <v>532</v>
       </c>
       <c r="D252" t="s">
         <v>533</v>
       </c>
       <c r="E252" t="s">
         <v>14</v>
       </c>
       <c r="F252" s="3">
-        <v>5.16</v>
+        <v>5.10</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>993</v>
       </c>
       <c r="B253" t="s">
         <v>534</v>
       </c>
       <c r="C253" t="s">
         <v>535</v>
       </c>
       <c r="D253" t="s">
         <v>536</v>
       </c>
       <c r="E253" t="s">
         <v>14</v>
       </c>
       <c r="F253" s="3">
         <v>23.64</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>90</v>
       </c>
       <c r="B254" t="s">
         <v>537</v>
       </c>
       <c r="C254" t="s">
         <v>538</v>
       </c>
       <c r="D254" t="s">
         <v>539</v>
       </c>
       <c r="E254" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>0.18</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>256</v>
       </c>
       <c r="B255" t="s">
         <v>540</v>
       </c>
       <c r="C255" t="s">
         <v>541</v>
       </c>
       <c r="D255" t="s">
         <v>542</v>
       </c>
       <c r="E255" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>998</v>
       </c>
       <c r="B256" t="s">
         <v>543</v>
       </c>
       <c r="C256" t="s">
         <v>544</v>
       </c>
       <c r="D256" t="s">
         <v>545</v>
       </c>
       <c r="E256" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>37.38</v>
+        <v>39.72</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>38094</v>
       </c>
       <c r="B257" t="s">
         <v>546</v>
       </c>
       <c r="C257" t="s">
         <v>547</v>
       </c>
       <c r="D257" t="s">
         <v>548</v>
       </c>
       <c r="E257" t="s">
         <v>549</v>
       </c>
       <c r="F257" s="3">
-        <v>12.78</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>38067</v>
       </c>
       <c r="B258" t="s">
         <v>546</v>
       </c>
       <c r="C258" t="s">
         <v>547</v>
       </c>
       <c r="D258" t="s">
         <v>548</v>
       </c>
       <c r="E258" t="s">
         <v>550</v>
       </c>
       <c r="F258" s="3">
-        <v>10.26</v>
+        <v>12.06</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>38068</v>
       </c>
       <c r="B259" t="s">
         <v>546</v>
       </c>
       <c r="C259" t="s">
         <v>547</v>
       </c>
       <c r="D259" t="s">
         <v>548</v>
       </c>
       <c r="E259" t="s">
         <v>550</v>
       </c>
       <c r="F259" s="3">
-        <v>10.26</v>
+        <v>12.06</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>38096</v>
       </c>
       <c r="B260" t="s">
         <v>546</v>
       </c>
       <c r="C260" t="s">
         <v>547</v>
       </c>
       <c r="D260" t="s">
         <v>548</v>
       </c>
       <c r="E260" t="s">
         <v>550</v>
       </c>
       <c r="F260" s="3">
-        <v>10.26</v>
+        <v>12.06</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>38097</v>
       </c>
       <c r="B261" t="s">
         <v>546</v>
       </c>
       <c r="C261" t="s">
         <v>547</v>
       </c>
       <c r="D261" t="s">
         <v>548</v>
       </c>
       <c r="E261" t="s">
         <v>550</v>
       </c>
       <c r="F261" s="3">
-        <v>10.26</v>
+        <v>12.06</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>38098</v>
       </c>
       <c r="B262" t="s">
         <v>546</v>
       </c>
       <c r="C262" t="s">
         <v>547</v>
       </c>
       <c r="D262" t="s">
         <v>548</v>
       </c>
       <c r="E262" t="s">
         <v>550</v>
       </c>
       <c r="F262" s="3">
-        <v>10.26</v>
+        <v>12.06</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>38063</v>
       </c>
       <c r="B263" t="s">
         <v>546</v>
       </c>
       <c r="C263" t="s">
         <v>547</v>
       </c>
       <c r="D263" t="s">
         <v>548</v>
       </c>
       <c r="E263" t="s">
         <v>63</v>
       </c>
       <c r="F263" s="3">
-        <v>10.74</v>
+        <v>12.36</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>38093</v>
       </c>
       <c r="B264" t="s">
         <v>546</v>
       </c>
       <c r="C264" t="s">
         <v>547</v>
       </c>
       <c r="D264" t="s">
         <v>548</v>
       </c>
       <c r="E264" t="s">
         <v>63</v>
       </c>
       <c r="F264" s="3">
-        <v>10.74</v>
+        <v>12.36</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>38050</v>
       </c>
       <c r="B265" t="s">
         <v>546</v>
       </c>
       <c r="C265" t="s">
         <v>547</v>
       </c>
       <c r="D265" t="s">
         <v>548</v>
       </c>
       <c r="E265" t="s">
         <v>64</v>
       </c>
       <c r="F265" s="3">
         <v>11.82</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>38066</v>
@@ -7361,111 +7361,111 @@
       </c>
       <c r="E268" t="s">
         <v>64</v>
       </c>
       <c r="F268" s="3">
         <v>11.82</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>38092</v>
       </c>
       <c r="B269" t="s">
         <v>546</v>
       </c>
       <c r="C269" t="s">
         <v>547</v>
       </c>
       <c r="D269" t="s">
         <v>548</v>
       </c>
       <c r="E269" t="s">
         <v>551</v>
       </c>
       <c r="F269" s="3">
-        <v>12.78</v>
+        <v>13.14</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
         <v>38091</v>
       </c>
       <c r="B270" t="s">
         <v>546</v>
       </c>
       <c r="C270" t="s">
         <v>547</v>
       </c>
       <c r="D270" t="s">
         <v>548</v>
       </c>
       <c r="E270" t="s">
         <v>552</v>
       </c>
       <c r="F270" s="3">
-        <v>15.36</v>
+        <v>16.02</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>38073</v>
       </c>
       <c r="B271" t="s">
         <v>546</v>
       </c>
       <c r="C271" t="s">
         <v>547</v>
       </c>
       <c r="D271" t="s">
         <v>548</v>
       </c>
       <c r="E271" t="s">
         <v>553</v>
       </c>
       <c r="F271" s="3">
-        <v>1.38</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>380900</v>
       </c>
       <c r="B272" t="s">
         <v>546</v>
       </c>
       <c r="C272" t="s">
         <v>547</v>
       </c>
       <c r="D272" t="s">
         <v>548</v>
       </c>
       <c r="E272" t="s">
         <v>553</v>
       </c>
       <c r="F272" s="3">
-        <v>1.38</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>598</v>
       </c>
       <c r="B273" t="s">
         <v>554</v>
       </c>
       <c r="C273" t="s">
         <v>555</v>
       </c>
       <c r="D273" t="s">
         <v>556</v>
       </c>
       <c r="E273" t="s">
         <v>14</v>
       </c>
       <c r="F273" s="3">
         <v>1.50</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
         <v>298</v>
@@ -7481,91 +7481,91 @@
       </c>
       <c r="E274" t="s">
         <v>14</v>
       </c>
       <c r="F274" s="3">
         <v>0.90</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>679</v>
       </c>
       <c r="B275" t="s">
         <v>560</v>
       </c>
       <c r="C275" t="s">
         <v>561</v>
       </c>
       <c r="D275" t="s">
         <v>562</v>
       </c>
       <c r="E275" t="s">
         <v>14</v>
       </c>
       <c r="F275" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>63</v>
       </c>
       <c r="B276" t="s">
         <v>563</v>
       </c>
       <c r="C276" t="s">
         <v>564</v>
       </c>
       <c r="D276" t="s">
         <v>565</v>
       </c>
       <c r="E276" t="s">
         <v>14</v>
       </c>
       <c r="F276" s="3">
         <v>1.08</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>358</v>
       </c>
       <c r="B277" t="s">
         <v>566</v>
       </c>
       <c r="C277" t="s">
         <v>567</v>
       </c>
       <c r="D277" t="s">
         <v>568</v>
       </c>
       <c r="E277" t="s">
         <v>14</v>
       </c>
       <c r="F277" s="3">
-        <v>7.80</v>
+        <v>7.68</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>500</v>
       </c>
       <c r="B278" t="s">
         <v>569</v>
       </c>
       <c r="C278" t="s">
         <v>570</v>
       </c>
       <c r="D278" t="s">
         <v>571</v>
       </c>
       <c r="E278" t="s">
         <v>14</v>
       </c>
       <c r="F278" s="3">
         <v>0.48</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>33</v>
@@ -7641,91 +7641,91 @@
       </c>
       <c r="E282" t="s">
         <v>14</v>
       </c>
       <c r="F282" s="3">
         <v>1.14</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
         <v>236</v>
       </c>
       <c r="B283" t="s">
         <v>584</v>
       </c>
       <c r="C283" t="s">
         <v>585</v>
       </c>
       <c r="D283" t="s">
         <v>586</v>
       </c>
       <c r="E283" t="s">
         <v>14</v>
       </c>
       <c r="F283" s="3">
-        <v>0.84</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>235</v>
       </c>
       <c r="B284" t="s">
         <v>587</v>
       </c>
       <c r="C284" t="s">
         <v>588</v>
       </c>
       <c r="D284" t="s">
         <v>589</v>
       </c>
       <c r="E284" t="s">
         <v>14</v>
       </c>
       <c r="F284" s="3">
         <v>1.44</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
         <v>382</v>
       </c>
       <c r="B285" t="s">
         <v>590</v>
       </c>
       <c r="C285" t="s">
         <v>591</v>
       </c>
       <c r="D285" t="s">
         <v>592</v>
       </c>
       <c r="E285" t="s">
         <v>14</v>
       </c>
       <c r="F285" s="3">
-        <v>13.38</v>
+        <v>13.32</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
         <v>420</v>
       </c>
       <c r="B286" t="s">
         <v>593</v>
       </c>
       <c r="C286" t="s">
         <v>594</v>
       </c>
       <c r="D286" t="s">
         <v>595</v>
       </c>
       <c r="E286" t="s">
         <v>14</v>
       </c>
       <c r="F286" s="3">
         <v>3.06</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>56</v>
@@ -7761,131 +7761,131 @@
       </c>
       <c r="E288" t="s">
         <v>14</v>
       </c>
       <c r="F288" s="3">
         <v>1.62</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
         <v>46</v>
       </c>
       <c r="B289" t="s">
         <v>602</v>
       </c>
       <c r="C289" t="s">
         <v>603</v>
       </c>
       <c r="D289" t="s">
         <v>604</v>
       </c>
       <c r="E289" t="s">
         <v>14</v>
       </c>
       <c r="F289" s="3">
-        <v>4.80</v>
+        <v>4.74</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
         <v>94</v>
       </c>
       <c r="B290" t="s">
         <v>605</v>
       </c>
       <c r="C290" t="s">
         <v>606</v>
       </c>
       <c r="D290" t="s">
         <v>607</v>
       </c>
       <c r="E290" t="s">
         <v>14</v>
       </c>
       <c r="F290" s="3">
-        <v>39.00</v>
+        <v>38.58</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
         <v>593</v>
       </c>
       <c r="B291" t="s">
         <v>608</v>
       </c>
       <c r="C291" t="s">
         <v>609</v>
       </c>
       <c r="D291" t="s">
         <v>610</v>
       </c>
       <c r="E291" t="s">
         <v>14</v>
       </c>
       <c r="F291" s="3">
-        <v>9.78</v>
+        <v>9.66</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
         <v>503</v>
       </c>
       <c r="B292" t="s">
         <v>611</v>
       </c>
       <c r="C292" t="s">
         <v>612</v>
       </c>
       <c r="D292" t="s">
         <v>613</v>
       </c>
       <c r="E292" t="s">
         <v>14</v>
       </c>
       <c r="F292" s="3">
         <v>1.74</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
         <v>372</v>
       </c>
       <c r="B293" t="s">
         <v>614</v>
       </c>
       <c r="C293" t="s">
         <v>615</v>
       </c>
       <c r="D293" t="s">
         <v>616</v>
       </c>
       <c r="E293" t="s">
         <v>14</v>
       </c>
       <c r="F293" s="3">
-        <v>5.34</v>
+        <v>5.28</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
         <v>251</v>
       </c>
       <c r="B294" t="s">
         <v>617</v>
       </c>
       <c r="C294" t="s">
         <v>618</v>
       </c>
       <c r="D294" t="s">
         <v>619</v>
       </c>
       <c r="E294" t="s">
         <v>14</v>
       </c>
       <c r="F294" s="3">
         <v>0.60</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
         <v>27</v>
@@ -7901,51 +7901,51 @@
       </c>
       <c r="E295" t="s">
         <v>14</v>
       </c>
       <c r="F295" s="3">
         <v>1.62</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
         <v>82</v>
       </c>
       <c r="B296" t="s">
         <v>623</v>
       </c>
       <c r="C296" t="s">
         <v>624</v>
       </c>
       <c r="D296" t="s">
         <v>625</v>
       </c>
       <c r="E296" t="s">
         <v>14</v>
       </c>
       <c r="F296" s="3">
-        <v>0.84</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
         <v>7998</v>
       </c>
       <c r="B297" t="s">
         <v>626</v>
       </c>
       <c r="C297" t="s">
         <v>627</v>
       </c>
       <c r="D297" t="s">
         <v>628</v>
       </c>
       <c r="E297" t="s">
         <v>629</v>
       </c>
       <c r="F297" s="3">
         <v>6.30</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
         <v>7928804</v>
@@ -8241,51 +8241,51 @@
       </c>
       <c r="E312" t="s">
         <v>629</v>
       </c>
       <c r="F312" s="3">
         <v>6.30</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
         <v>81</v>
       </c>
       <c r="B313" t="s">
         <v>630</v>
       </c>
       <c r="C313" t="s">
         <v>631</v>
       </c>
       <c r="D313" t="s">
         <v>632</v>
       </c>
       <c r="E313" t="s">
         <v>14</v>
       </c>
       <c r="F313" s="3">
-        <v>1.50</v>
+        <v>1.44</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>