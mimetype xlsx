--- v1 (2025-12-19)
+++ v2 (2026-02-17)
@@ -2021,6271 +2021,6271 @@
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>79407</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>22.80</v>
+        <v>26.00</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>79409</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="3">
-        <v>22.80</v>
+        <v>26.00</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>61</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>2.04</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>43</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>2.64</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>994</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>39.18</v>
+        <v>30.45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>355</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>213</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>1.08</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>1264</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>4.62</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>244</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>0.96</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>376</v>
       </c>
       <c r="B11" t="s">
         <v>33</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>0.72</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>1268</v>
       </c>
       <c r="B12" t="s">
         <v>36</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>5.82</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>39</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>9.72</v>
+        <v>9.31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>374</v>
       </c>
       <c r="B14" t="s">
         <v>42</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>44</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>297</v>
       </c>
       <c r="B15" t="s">
         <v>45</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
       <c r="E15" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>1242</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
       <c r="E16" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>880</v>
       </c>
       <c r="B17" t="s">
         <v>51</v>
       </c>
       <c r="C17" t="s">
         <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>1246</v>
       </c>
       <c r="B18" t="s">
         <v>54</v>
       </c>
       <c r="C18" t="s">
         <v>55</v>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="3">
-        <v>0.90</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>973</v>
       </c>
       <c r="B19" t="s">
         <v>57</v>
       </c>
       <c r="C19" t="s">
         <v>58</v>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
       <c r="E19" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="3">
-        <v>1.50</v>
+        <v>1.40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>37525</v>
       </c>
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20" t="s">
         <v>61</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>37533</v>
       </c>
       <c r="B21" t="s">
         <v>60</v>
       </c>
       <c r="C21" t="s">
         <v>61</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>64</v>
       </c>
       <c r="F21" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>375290</v>
       </c>
       <c r="B22" t="s">
         <v>60</v>
       </c>
       <c r="C22" t="s">
         <v>61</v>
       </c>
       <c r="D22" t="s">
         <v>62</v>
       </c>
       <c r="E22" t="s">
         <v>64</v>
       </c>
       <c r="F22" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>375292</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23" t="s">
         <v>64</v>
       </c>
       <c r="F23" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>375295</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
       <c r="D24" t="s">
         <v>62</v>
       </c>
       <c r="E24" t="s">
         <v>64</v>
       </c>
       <c r="F24" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>375297</v>
       </c>
       <c r="B25" t="s">
         <v>60</v>
       </c>
       <c r="C25" t="s">
         <v>61</v>
       </c>
       <c r="D25" t="s">
         <v>62</v>
       </c>
       <c r="E25" t="s">
         <v>64</v>
       </c>
       <c r="F25" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>375298</v>
       </c>
       <c r="B26" t="s">
         <v>60</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>37544</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>
       <c r="C27" t="s">
         <v>61</v>
       </c>
       <c r="D27" t="s">
         <v>62</v>
       </c>
       <c r="E27" t="s">
         <v>65</v>
       </c>
       <c r="F27" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>375291</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28" t="s">
         <v>62</v>
       </c>
       <c r="E28" t="s">
         <v>65</v>
       </c>
       <c r="F28" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>375293</v>
       </c>
       <c r="B29" t="s">
         <v>60</v>
       </c>
       <c r="C29" t="s">
         <v>61</v>
       </c>
       <c r="D29" t="s">
         <v>62</v>
       </c>
       <c r="E29" t="s">
         <v>65</v>
       </c>
       <c r="F29" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>375294</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" t="s">
         <v>61</v>
       </c>
       <c r="D30" t="s">
         <v>62</v>
       </c>
       <c r="E30" t="s">
         <v>65</v>
       </c>
       <c r="F30" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>375296</v>
       </c>
       <c r="B31" t="s">
         <v>60</v>
       </c>
       <c r="C31" t="s">
         <v>61</v>
       </c>
       <c r="D31" t="s">
         <v>62</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>375299</v>
       </c>
       <c r="B32" t="s">
         <v>60</v>
       </c>
       <c r="C32" t="s">
         <v>61</v>
       </c>
       <c r="D32" t="s">
         <v>62</v>
       </c>
       <c r="E32" t="s">
         <v>65</v>
       </c>
       <c r="F32" s="3">
-        <v>17.58</v>
+        <v>16.82</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>501</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>68</v>
       </c>
       <c r="E33" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>32</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" t="s">
         <v>70</v>
       </c>
       <c r="D34" t="s">
         <v>71</v>
       </c>
       <c r="E34" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="3">
-        <v>4.20</v>
+        <v>4.00</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>229</v>
       </c>
       <c r="B35" t="s">
         <v>72</v>
       </c>
       <c r="C35" t="s">
         <v>73</v>
       </c>
       <c r="D35" t="s">
         <v>74</v>
       </c>
       <c r="E35" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="3">
-        <v>1.98</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>1441</v>
       </c>
       <c r="B36" t="s">
         <v>75</v>
       </c>
       <c r="C36" t="s">
         <v>76</v>
       </c>
       <c r="D36" t="s">
         <v>77</v>
       </c>
       <c r="E36" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>359</v>
       </c>
       <c r="B37" t="s">
         <v>78</v>
       </c>
       <c r="C37" t="s">
         <v>79</v>
       </c>
       <c r="D37" t="s">
         <v>80</v>
       </c>
       <c r="E37" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="3">
-        <v>15.30</v>
+        <v>14.68</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>591</v>
       </c>
       <c r="B38" t="s">
         <v>81</v>
       </c>
       <c r="C38" t="s">
         <v>82</v>
       </c>
       <c r="D38" t="s">
         <v>83</v>
       </c>
       <c r="E38" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="3">
-        <v>1.62</v>
+        <v>1.51</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>387</v>
       </c>
       <c r="B39" t="s">
         <v>84</v>
       </c>
       <c r="C39" t="s">
         <v>85</v>
       </c>
       <c r="D39" t="s">
         <v>86</v>
       </c>
       <c r="E39" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="3">
-        <v>1.20</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>267</v>
       </c>
       <c r="B40" t="s">
         <v>87</v>
       </c>
       <c r="C40" t="s">
         <v>88</v>
       </c>
       <c r="D40" t="s">
         <v>89</v>
       </c>
       <c r="E40" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="3">
-        <v>1.20</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>55</v>
       </c>
       <c r="B41" t="s">
         <v>90</v>
       </c>
       <c r="C41" t="s">
         <v>91</v>
       </c>
       <c r="D41" t="s">
         <v>92</v>
       </c>
       <c r="E41" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>1284</v>
       </c>
       <c r="B42" t="s">
         <v>93</v>
       </c>
       <c r="C42" t="s">
         <v>94</v>
       </c>
       <c r="D42" t="s">
         <v>95</v>
       </c>
       <c r="E42" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="3">
-        <v>1.02</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>673</v>
       </c>
       <c r="B43" t="s">
         <v>96</v>
       </c>
       <c r="C43" t="s">
         <v>97</v>
       </c>
       <c r="D43" t="s">
         <v>98</v>
       </c>
       <c r="E43" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="3">
-        <v>0.72</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>226</v>
       </c>
       <c r="B44" t="s">
         <v>99</v>
       </c>
       <c r="C44" t="s">
         <v>100</v>
       </c>
       <c r="D44" t="s">
         <v>101</v>
       </c>
       <c r="E44" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="3">
-        <v>1.02</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>257</v>
       </c>
       <c r="B45" t="s">
         <v>102</v>
       </c>
       <c r="C45" t="s">
         <v>103</v>
       </c>
       <c r="D45" t="s">
         <v>104</v>
       </c>
       <c r="E45" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="3">
-        <v>1.26</v>
+        <v>1.20</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>975</v>
       </c>
       <c r="B46" t="s">
         <v>105</v>
       </c>
       <c r="C46" t="s">
         <v>106</v>
       </c>
       <c r="D46" t="s">
         <v>107</v>
       </c>
       <c r="E46" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>678</v>
       </c>
       <c r="B47" t="s">
         <v>108</v>
       </c>
       <c r="C47" t="s">
         <v>109</v>
       </c>
       <c r="D47" t="s">
         <v>110</v>
       </c>
       <c r="E47" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>44</v>
       </c>
       <c r="B48" t="s">
         <v>111</v>
       </c>
       <c r="C48" t="s">
         <v>112</v>
       </c>
       <c r="D48" t="s">
         <v>113</v>
       </c>
       <c r="E48" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="3">
-        <v>2.94</v>
+        <v>2.80</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>36</v>
       </c>
       <c r="B49" t="s">
         <v>114</v>
       </c>
       <c r="C49" t="s">
         <v>115</v>
       </c>
       <c r="D49" t="s">
         <v>116</v>
       </c>
       <c r="E49" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="3">
-        <v>2.64</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>58</v>
       </c>
       <c r="B50" t="s">
         <v>117</v>
       </c>
       <c r="C50" t="s">
         <v>118</v>
       </c>
       <c r="D50" t="s">
         <v>119</v>
       </c>
       <c r="E50" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="3">
-        <v>0.96</v>
+        <v>0.90</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>84</v>
       </c>
       <c r="B51" t="s">
         <v>120</v>
       </c>
       <c r="C51" t="s">
         <v>121</v>
       </c>
       <c r="D51" t="s">
         <v>122</v>
       </c>
       <c r="E51" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="3">
-        <v>39.18</v>
+        <v>45.22</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>241</v>
       </c>
       <c r="B52" t="s">
         <v>123</v>
       </c>
       <c r="C52" t="s">
         <v>124</v>
       </c>
       <c r="D52" t="s">
         <v>125</v>
       </c>
       <c r="E52" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="3">
-        <v>2.64</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>509</v>
       </c>
       <c r="B53" t="s">
         <v>126</v>
       </c>
       <c r="C53" t="s">
         <v>127</v>
       </c>
       <c r="D53" t="s">
         <v>128</v>
       </c>
       <c r="E53" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="3">
-        <v>1.20</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>592</v>
       </c>
       <c r="B54" t="s">
         <v>129</v>
       </c>
       <c r="C54" t="s">
         <v>130</v>
       </c>
       <c r="D54" t="s">
         <v>131</v>
       </c>
       <c r="E54" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="3">
-        <v>1.02</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>220</v>
       </c>
       <c r="B55" t="s">
         <v>132</v>
       </c>
       <c r="C55" t="s">
         <v>133</v>
       </c>
       <c r="D55" t="s">
         <v>134</v>
       </c>
       <c r="E55" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="3">
-        <v>0.72</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>233</v>
       </c>
       <c r="B56" t="s">
         <v>135</v>
       </c>
       <c r="C56" t="s">
         <v>136</v>
       </c>
       <c r="D56" t="s">
         <v>137</v>
       </c>
       <c r="E56" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="3">
-        <v>1.14</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>502</v>
       </c>
       <c r="B57" t="s">
         <v>138</v>
       </c>
       <c r="C57" t="s">
         <v>139</v>
       </c>
       <c r="D57" t="s">
         <v>140</v>
       </c>
       <c r="E57" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="3">
-        <v>2.58</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>224</v>
       </c>
       <c r="B58" t="s">
         <v>141</v>
       </c>
       <c r="C58" t="s">
         <v>142</v>
       </c>
       <c r="D58" t="s">
         <v>143</v>
       </c>
       <c r="E58" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="3">
-        <v>1.62</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>245</v>
       </c>
       <c r="B59" t="s">
         <v>144</v>
       </c>
       <c r="C59" t="s">
         <v>145</v>
       </c>
       <c r="D59" t="s">
         <v>146</v>
       </c>
       <c r="E59" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>49</v>
       </c>
       <c r="B60" t="s">
         <v>147</v>
       </c>
       <c r="C60" t="s">
         <v>148</v>
       </c>
       <c r="D60" t="s">
         <v>149</v>
       </c>
       <c r="E60" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="3">
-        <v>9.48</v>
+        <v>9.08</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>350</v>
       </c>
       <c r="B61" t="s">
         <v>150</v>
       </c>
       <c r="C61" t="s">
         <v>151</v>
       </c>
       <c r="D61" t="s">
         <v>152</v>
       </c>
       <c r="E61" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="3">
-        <v>1.26</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>31</v>
       </c>
       <c r="B62" t="s">
         <v>153</v>
       </c>
       <c r="C62" t="s">
         <v>154</v>
       </c>
       <c r="D62" t="s">
         <v>155</v>
       </c>
       <c r="E62" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="3">
-        <v>2.22</v>
+        <v>2.09</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>504</v>
       </c>
       <c r="B63" t="s">
         <v>156</v>
       </c>
       <c r="C63" t="s">
         <v>157</v>
       </c>
       <c r="D63" t="s">
         <v>158</v>
       </c>
       <c r="E63" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="3">
-        <v>3.54</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>852</v>
       </c>
       <c r="B64" t="s">
         <v>159</v>
       </c>
       <c r="C64" t="s">
         <v>160</v>
       </c>
       <c r="D64" t="s">
         <v>161</v>
       </c>
       <c r="E64" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="3">
-        <v>2.16</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>1473</v>
       </c>
       <c r="B65" t="s">
         <v>162</v>
       </c>
       <c r="C65" t="s">
         <v>163</v>
       </c>
       <c r="D65" t="s">
         <v>164</v>
       </c>
       <c r="E65" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="3">
-        <v>1.44</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>299</v>
       </c>
       <c r="B66" t="s">
         <v>165</v>
       </c>
       <c r="C66" t="s">
         <v>166</v>
       </c>
       <c r="D66" t="s">
         <v>167</v>
       </c>
       <c r="E66" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="3">
-        <v>0.60</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>30</v>
       </c>
       <c r="B67" t="s">
         <v>168</v>
       </c>
       <c r="C67" t="s">
         <v>169</v>
       </c>
       <c r="D67" t="s">
         <v>170</v>
       </c>
       <c r="E67" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="3">
-        <v>4.86</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>995</v>
       </c>
       <c r="B68" t="s">
         <v>171</v>
       </c>
       <c r="C68" t="s">
         <v>172</v>
       </c>
       <c r="D68" t="s">
         <v>173</v>
       </c>
       <c r="E68" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="3">
-        <v>23.64</v>
+        <v>12.69</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>45</v>
       </c>
       <c r="B69" t="s">
         <v>174</v>
       </c>
       <c r="C69" t="s">
         <v>175</v>
       </c>
       <c r="D69" t="s">
         <v>176</v>
       </c>
       <c r="E69" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="3">
-        <v>5.04</v>
+        <v>4.83</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>253</v>
       </c>
       <c r="B70" t="s">
         <v>177</v>
       </c>
       <c r="C70" t="s">
         <v>178</v>
       </c>
       <c r="D70" t="s">
         <v>179</v>
       </c>
       <c r="E70" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>1767</v>
       </c>
       <c r="B71" t="s">
         <v>180</v>
       </c>
       <c r="C71" t="s">
         <v>181</v>
       </c>
       <c r="D71" t="s">
         <v>182</v>
       </c>
       <c r="E71" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>1829</v>
       </c>
       <c r="B72" t="s">
         <v>183</v>
       </c>
       <c r="C72" t="s">
         <v>184</v>
       </c>
       <c r="D72" t="s">
         <v>185</v>
       </c>
       <c r="E72" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="3">
-        <v>1.98</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>20</v>
       </c>
       <c r="B73" t="s">
         <v>186</v>
       </c>
       <c r="C73" t="s">
         <v>187</v>
       </c>
       <c r="D73" t="s">
         <v>188</v>
       </c>
       <c r="E73" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="3">
-        <v>1.50</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>260</v>
       </c>
       <c r="B74" t="s">
         <v>189</v>
       </c>
       <c r="C74" t="s">
         <v>190</v>
       </c>
       <c r="D74" t="s">
         <v>191</v>
       </c>
       <c r="E74" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="3">
-        <v>1.38</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>263</v>
       </c>
       <c r="B75" t="s">
         <v>192</v>
       </c>
       <c r="C75" t="s">
         <v>193</v>
       </c>
       <c r="D75" t="s">
         <v>194</v>
       </c>
       <c r="E75" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="3">
-        <v>1.98</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>972</v>
       </c>
       <c r="B76" t="s">
         <v>195</v>
       </c>
       <c r="C76" t="s">
         <v>196</v>
       </c>
       <c r="D76" t="s">
         <v>197</v>
       </c>
       <c r="E76" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="3">
-        <v>22.62</v>
+        <v>21.65</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>91</v>
       </c>
       <c r="B77" t="s">
         <v>198</v>
       </c>
       <c r="C77" t="s">
         <v>199</v>
       </c>
       <c r="D77" t="s">
         <v>200</v>
       </c>
       <c r="E77" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="3">
-        <v>0.66</v>
+        <v>0.60</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>62</v>
       </c>
       <c r="B78" t="s">
         <v>201</v>
       </c>
       <c r="C78" t="s">
         <v>202</v>
       </c>
       <c r="D78" t="s">
         <v>203</v>
       </c>
       <c r="E78" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="3">
-        <v>37.50</v>
+        <v>35.95</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>962</v>
       </c>
       <c r="B79" t="s">
         <v>204</v>
       </c>
       <c r="C79" t="s">
         <v>205</v>
       </c>
       <c r="D79" t="s">
         <v>206</v>
       </c>
       <c r="E79" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="3">
-        <v>1.38</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>964</v>
       </c>
       <c r="B80" t="s">
         <v>207</v>
       </c>
       <c r="C80" t="s">
         <v>208</v>
       </c>
       <c r="D80" t="s">
         <v>209</v>
       </c>
       <c r="E80" t="s">
         <v>14</v>
       </c>
       <c r="F80" s="3">
-        <v>1.20</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
         <v>98</v>
       </c>
       <c r="B81" t="s">
         <v>210</v>
       </c>
       <c r="C81" t="s">
         <v>211</v>
       </c>
       <c r="D81" t="s">
         <v>212</v>
       </c>
       <c r="E81" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="3">
-        <v>35.70</v>
+        <v>34.22</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
         <v>353</v>
       </c>
       <c r="B82" t="s">
         <v>213</v>
       </c>
       <c r="C82" t="s">
         <v>214</v>
       </c>
       <c r="D82" t="s">
         <v>215</v>
       </c>
       <c r="E82" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="3">
-        <v>1.68</v>
+        <v>1.61</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
         <v>354</v>
       </c>
       <c r="B83" t="s">
         <v>216</v>
       </c>
       <c r="C83" t="s">
         <v>217</v>
       </c>
       <c r="D83" t="s">
         <v>218</v>
       </c>
       <c r="E83" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="3">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
         <v>34</v>
       </c>
       <c r="B84" t="s">
         <v>219</v>
       </c>
       <c r="C84" t="s">
         <v>220</v>
       </c>
       <c r="D84" t="s">
         <v>221</v>
       </c>
       <c r="E84" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="3">
-        <v>3.18</v>
+        <v>3.03</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
         <v>39</v>
       </c>
       <c r="B85" t="s">
         <v>222</v>
       </c>
       <c r="C85" t="s">
         <v>223</v>
       </c>
       <c r="D85" t="s">
         <v>224</v>
       </c>
       <c r="E85" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="3">
-        <v>4.08</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
         <v>967</v>
       </c>
       <c r="B86" t="s">
         <v>225</v>
       </c>
       <c r="C86" t="s">
         <v>226</v>
       </c>
       <c r="D86" t="s">
         <v>227</v>
       </c>
       <c r="E86" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="3">
-        <v>3.48</v>
+        <v>3.32</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
         <v>238</v>
       </c>
       <c r="B87" t="s">
         <v>228</v>
       </c>
       <c r="C87" t="s">
         <v>229</v>
       </c>
       <c r="D87" t="s">
         <v>230</v>
       </c>
       <c r="E87" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="3">
-        <v>1.38</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
         <v>7700</v>
       </c>
       <c r="B88" t="s">
         <v>231</v>
       </c>
       <c r="C88" t="s">
         <v>232</v>
       </c>
       <c r="D88" t="s">
         <v>233</v>
       </c>
       <c r="E88" t="s">
         <v>234</v>
       </c>
       <c r="F88" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
         <v>7708</v>
       </c>
       <c r="B89" t="s">
         <v>231</v>
       </c>
       <c r="C89" t="s">
         <v>232</v>
       </c>
       <c r="D89" t="s">
         <v>233</v>
       </c>
       <c r="E89" t="s">
         <v>234</v>
       </c>
       <c r="F89" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
         <v>7705</v>
       </c>
       <c r="B90" t="s">
         <v>231</v>
       </c>
       <c r="C90" t="s">
         <v>232</v>
       </c>
       <c r="D90" t="s">
         <v>233</v>
       </c>
       <c r="E90" t="s">
         <v>235</v>
       </c>
       <c r="F90" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
         <v>7764</v>
       </c>
       <c r="B91" t="s">
         <v>231</v>
       </c>
       <c r="C91" t="s">
         <v>232</v>
       </c>
       <c r="D91" t="s">
         <v>233</v>
       </c>
       <c r="E91" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
         <v>7771</v>
       </c>
       <c r="B92" t="s">
         <v>231</v>
       </c>
       <c r="C92" t="s">
         <v>232</v>
       </c>
       <c r="D92" t="s">
         <v>233</v>
       </c>
       <c r="E92" t="s">
         <v>235</v>
       </c>
       <c r="F92" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
         <v>7776</v>
       </c>
       <c r="B93" t="s">
         <v>231</v>
       </c>
       <c r="C93" t="s">
         <v>232</v>
       </c>
       <c r="D93" t="s">
         <v>233</v>
       </c>
       <c r="E93" t="s">
         <v>235</v>
       </c>
       <c r="F93" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
         <v>7777</v>
       </c>
       <c r="B94" t="s">
         <v>231</v>
       </c>
       <c r="C94" t="s">
         <v>232</v>
       </c>
       <c r="D94" t="s">
         <v>233</v>
       </c>
       <c r="E94" t="s">
         <v>235</v>
       </c>
       <c r="F94" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
         <v>7701</v>
       </c>
       <c r="B95" t="s">
         <v>231</v>
       </c>
       <c r="C95" t="s">
         <v>232</v>
       </c>
       <c r="D95" t="s">
         <v>233</v>
       </c>
       <c r="E95" t="s">
         <v>236</v>
       </c>
       <c r="F95" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
         <v>7702</v>
       </c>
       <c r="B96" t="s">
         <v>231</v>
       </c>
       <c r="C96" t="s">
         <v>232</v>
       </c>
       <c r="D96" t="s">
         <v>233</v>
       </c>
       <c r="E96" t="s">
         <v>236</v>
       </c>
       <c r="F96" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
         <v>7775</v>
       </c>
       <c r="B97" t="s">
         <v>231</v>
       </c>
       <c r="C97" t="s">
         <v>232</v>
       </c>
       <c r="D97" t="s">
         <v>233</v>
       </c>
       <c r="E97" t="s">
         <v>236</v>
       </c>
       <c r="F97" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
         <v>7778</v>
       </c>
       <c r="B98" t="s">
         <v>231</v>
       </c>
       <c r="C98" t="s">
         <v>232</v>
       </c>
       <c r="D98" t="s">
         <v>233</v>
       </c>
       <c r="E98" t="s">
         <v>236</v>
       </c>
       <c r="F98" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
         <v>7707</v>
       </c>
       <c r="B99" t="s">
         <v>231</v>
       </c>
       <c r="C99" t="s">
         <v>232</v>
       </c>
       <c r="D99" t="s">
         <v>233</v>
       </c>
       <c r="E99" t="s">
         <v>237</v>
       </c>
       <c r="F99" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
         <v>7747</v>
       </c>
       <c r="B100" t="s">
         <v>231</v>
       </c>
       <c r="C100" t="s">
         <v>232</v>
       </c>
       <c r="D100" t="s">
         <v>233</v>
       </c>
       <c r="E100" t="s">
         <v>237</v>
       </c>
       <c r="F100" s="3">
-        <v>23.46</v>
+        <v>22.49</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
         <v>1345</v>
       </c>
       <c r="B101" t="s">
         <v>238</v>
       </c>
       <c r="C101" t="s">
         <v>239</v>
       </c>
       <c r="D101" t="s">
         <v>240</v>
       </c>
       <c r="E101" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="3">
-        <v>8.94</v>
+        <v>8.53</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
         <v>855</v>
       </c>
       <c r="B102" t="s">
         <v>241</v>
       </c>
       <c r="C102" t="s">
         <v>242</v>
       </c>
       <c r="D102" t="s">
         <v>243</v>
       </c>
       <c r="E102" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="3">
-        <v>2.70</v>
+        <v>2.58</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>237</v>
       </c>
       <c r="B103" t="s">
         <v>244</v>
       </c>
       <c r="C103" t="s">
         <v>245</v>
       </c>
       <c r="D103" t="s">
         <v>246</v>
       </c>
       <c r="E103" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="3">
-        <v>1.92</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>1204</v>
       </c>
       <c r="B104" t="s">
         <v>247</v>
       </c>
       <c r="C104" t="s">
         <v>248</v>
       </c>
       <c r="D104" t="s">
         <v>249</v>
       </c>
       <c r="E104" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>1226</v>
       </c>
       <c r="B105" t="s">
         <v>247</v>
       </c>
       <c r="C105" t="s">
         <v>248</v>
       </c>
       <c r="D105" t="s">
         <v>249</v>
       </c>
       <c r="E105" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>1236</v>
       </c>
       <c r="B106" t="s">
         <v>247</v>
       </c>
       <c r="C106" t="s">
         <v>248</v>
       </c>
       <c r="D106" t="s">
         <v>249</v>
       </c>
       <c r="E106" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>1249</v>
       </c>
       <c r="B107" t="s">
         <v>247</v>
       </c>
       <c r="C107" t="s">
         <v>248</v>
       </c>
       <c r="D107" t="s">
         <v>249</v>
       </c>
       <c r="E107" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>1250</v>
       </c>
       <c r="B108" t="s">
         <v>247</v>
       </c>
       <c r="C108" t="s">
         <v>248</v>
       </c>
       <c r="D108" t="s">
         <v>249</v>
       </c>
       <c r="E108" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>1289</v>
       </c>
       <c r="B109" t="s">
         <v>247</v>
       </c>
       <c r="C109" t="s">
         <v>248</v>
       </c>
       <c r="D109" t="s">
         <v>249</v>
       </c>
       <c r="E109" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>1306</v>
       </c>
       <c r="B110" t="s">
         <v>247</v>
       </c>
       <c r="C110" t="s">
         <v>248</v>
       </c>
       <c r="D110" t="s">
         <v>249</v>
       </c>
       <c r="E110" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>1343</v>
       </c>
       <c r="B111" t="s">
         <v>247</v>
       </c>
       <c r="C111" t="s">
         <v>248</v>
       </c>
       <c r="D111" t="s">
         <v>249</v>
       </c>
       <c r="E111" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>1365</v>
       </c>
       <c r="B112" t="s">
         <v>247</v>
       </c>
       <c r="C112" t="s">
         <v>248</v>
       </c>
       <c r="D112" t="s">
         <v>249</v>
       </c>
       <c r="E112" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>1367</v>
       </c>
       <c r="B113" t="s">
         <v>247</v>
       </c>
       <c r="C113" t="s">
         <v>248</v>
       </c>
       <c r="D113" t="s">
         <v>249</v>
       </c>
       <c r="E113" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>1403</v>
       </c>
       <c r="B114" t="s">
         <v>247</v>
       </c>
       <c r="C114" t="s">
         <v>248</v>
       </c>
       <c r="D114" t="s">
         <v>249</v>
       </c>
       <c r="E114" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>1416</v>
       </c>
       <c r="B115" t="s">
         <v>247</v>
       </c>
       <c r="C115" t="s">
         <v>248</v>
       </c>
       <c r="D115" t="s">
         <v>249</v>
       </c>
       <c r="E115" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>1418</v>
       </c>
       <c r="B116" t="s">
         <v>247</v>
       </c>
       <c r="C116" t="s">
         <v>248</v>
       </c>
       <c r="D116" t="s">
         <v>249</v>
       </c>
       <c r="E116" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
         <v>1431</v>
       </c>
       <c r="B117" t="s">
         <v>247</v>
       </c>
       <c r="C117" t="s">
         <v>248</v>
       </c>
       <c r="D117" t="s">
         <v>249</v>
       </c>
       <c r="E117" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
         <v>1437</v>
       </c>
       <c r="B118" t="s">
         <v>247</v>
       </c>
       <c r="C118" t="s">
         <v>248</v>
       </c>
       <c r="D118" t="s">
         <v>249</v>
       </c>
       <c r="E118" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
         <v>1438</v>
       </c>
       <c r="B119" t="s">
         <v>247</v>
       </c>
       <c r="C119" t="s">
         <v>248</v>
       </c>
       <c r="D119" t="s">
         <v>249</v>
       </c>
       <c r="E119" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
         <v>1450</v>
       </c>
       <c r="B120" t="s">
         <v>247</v>
       </c>
       <c r="C120" t="s">
         <v>248</v>
       </c>
       <c r="D120" t="s">
         <v>249</v>
       </c>
       <c r="E120" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
         <v>1506</v>
       </c>
       <c r="B121" t="s">
         <v>247</v>
       </c>
       <c r="C121" t="s">
         <v>248</v>
       </c>
       <c r="D121" t="s">
         <v>249</v>
       </c>
       <c r="E121" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
         <v>1514</v>
       </c>
       <c r="B122" t="s">
         <v>247</v>
       </c>
       <c r="C122" t="s">
         <v>248</v>
       </c>
       <c r="D122" t="s">
         <v>249</v>
       </c>
       <c r="E122" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
         <v>1519</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" t="s">
         <v>248</v>
       </c>
       <c r="D123" t="s">
         <v>249</v>
       </c>
       <c r="E123" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
         <v>1548</v>
       </c>
       <c r="B124" t="s">
         <v>247</v>
       </c>
       <c r="C124" t="s">
         <v>248</v>
       </c>
       <c r="D124" t="s">
         <v>249</v>
       </c>
       <c r="E124" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
         <v>1579</v>
       </c>
       <c r="B125" t="s">
         <v>247</v>
       </c>
       <c r="C125" t="s">
         <v>248</v>
       </c>
       <c r="D125" t="s">
         <v>249</v>
       </c>
       <c r="E125" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
         <v>1581</v>
       </c>
       <c r="B126" t="s">
         <v>247</v>
       </c>
       <c r="C126" t="s">
         <v>248</v>
       </c>
       <c r="D126" t="s">
         <v>249</v>
       </c>
       <c r="E126" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
         <v>1587</v>
       </c>
       <c r="B127" t="s">
         <v>247</v>
       </c>
       <c r="C127" t="s">
         <v>248</v>
       </c>
       <c r="D127" t="s">
         <v>249</v>
       </c>
       <c r="E127" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
         <v>1604</v>
       </c>
       <c r="B128" t="s">
         <v>247</v>
       </c>
       <c r="C128" t="s">
         <v>248</v>
       </c>
       <c r="D128" t="s">
         <v>249</v>
       </c>
       <c r="E128" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
         <v>1613</v>
       </c>
       <c r="B129" t="s">
         <v>247</v>
       </c>
       <c r="C129" t="s">
         <v>248</v>
       </c>
       <c r="D129" t="s">
         <v>249</v>
       </c>
       <c r="E129" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
         <v>1639</v>
       </c>
       <c r="B130" t="s">
         <v>247</v>
       </c>
       <c r="C130" t="s">
         <v>248</v>
       </c>
       <c r="D130" t="s">
         <v>249</v>
       </c>
       <c r="E130" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
         <v>1647</v>
       </c>
       <c r="B131" t="s">
         <v>247</v>
       </c>
       <c r="C131" t="s">
         <v>248</v>
       </c>
       <c r="D131" t="s">
         <v>249</v>
       </c>
       <c r="E131" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
         <v>1672</v>
       </c>
       <c r="B132" t="s">
         <v>247</v>
       </c>
       <c r="C132" t="s">
         <v>248</v>
       </c>
       <c r="D132" t="s">
         <v>249</v>
       </c>
       <c r="E132" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
         <v>1705</v>
       </c>
       <c r="B133" t="s">
         <v>247</v>
       </c>
       <c r="C133" t="s">
         <v>248</v>
       </c>
       <c r="D133" t="s">
         <v>249</v>
       </c>
       <c r="E133" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
         <v>1709</v>
       </c>
       <c r="B134" t="s">
         <v>247</v>
       </c>
       <c r="C134" t="s">
         <v>248</v>
       </c>
       <c r="D134" t="s">
         <v>249</v>
       </c>
       <c r="E134" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
         <v>1778</v>
       </c>
       <c r="B135" t="s">
         <v>247</v>
       </c>
       <c r="C135" t="s">
         <v>248</v>
       </c>
       <c r="D135" t="s">
         <v>249</v>
       </c>
       <c r="E135" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
         <v>1780</v>
       </c>
       <c r="B136" t="s">
         <v>247</v>
       </c>
       <c r="C136" t="s">
         <v>248</v>
       </c>
       <c r="D136" t="s">
         <v>249</v>
       </c>
       <c r="E136" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
         <v>1782</v>
       </c>
       <c r="B137" t="s">
         <v>247</v>
       </c>
       <c r="C137" t="s">
         <v>248</v>
       </c>
       <c r="D137" t="s">
         <v>249</v>
       </c>
       <c r="E137" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
         <v>1807</v>
       </c>
       <c r="B138" t="s">
         <v>247</v>
       </c>
       <c r="C138" t="s">
         <v>248</v>
       </c>
       <c r="D138" t="s">
         <v>249</v>
       </c>
       <c r="E138" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
         <v>1819</v>
       </c>
       <c r="B139" t="s">
         <v>247</v>
       </c>
       <c r="C139" t="s">
         <v>248</v>
       </c>
       <c r="D139" t="s">
         <v>249</v>
       </c>
       <c r="E139" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
         <v>1825</v>
       </c>
       <c r="B140" t="s">
         <v>247</v>
       </c>
       <c r="C140" t="s">
         <v>248</v>
       </c>
       <c r="D140" t="s">
         <v>249</v>
       </c>
       <c r="E140" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
         <v>1867</v>
       </c>
       <c r="B141" t="s">
         <v>247</v>
       </c>
       <c r="C141" t="s">
         <v>248</v>
       </c>
       <c r="D141" t="s">
         <v>249</v>
       </c>
       <c r="E141" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
         <v>1873</v>
       </c>
       <c r="B142" t="s">
         <v>247</v>
       </c>
       <c r="C142" t="s">
         <v>248</v>
       </c>
       <c r="D142" t="s">
         <v>249</v>
       </c>
       <c r="E142" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
         <v>1902</v>
       </c>
       <c r="B143" t="s">
         <v>247</v>
       </c>
       <c r="C143" t="s">
         <v>248</v>
       </c>
       <c r="D143" t="s">
         <v>249</v>
       </c>
       <c r="E143" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
         <v>1905</v>
       </c>
       <c r="B144" t="s">
         <v>247</v>
       </c>
       <c r="C144" t="s">
         <v>248</v>
       </c>
       <c r="D144" t="s">
         <v>249</v>
       </c>
       <c r="E144" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="3">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
         <v>974</v>
       </c>
       <c r="B145" t="s">
         <v>250</v>
       </c>
       <c r="C145" t="s">
         <v>251</v>
       </c>
       <c r="D145" t="s">
         <v>252</v>
       </c>
       <c r="E145" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="3">
-        <v>1.38</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
         <v>254</v>
       </c>
       <c r="B146" t="s">
         <v>253</v>
       </c>
       <c r="C146" t="s">
         <v>254</v>
       </c>
       <c r="D146" t="s">
         <v>255</v>
       </c>
       <c r="E146" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="3">
-        <v>0.90</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
         <v>357</v>
       </c>
       <c r="B147" t="s">
         <v>256</v>
       </c>
       <c r="C147" t="s">
         <v>257</v>
       </c>
       <c r="D147" t="s">
         <v>258</v>
       </c>
       <c r="E147" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="3">
-        <v>1.32</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
         <v>86</v>
       </c>
       <c r="B148" t="s">
         <v>259</v>
       </c>
       <c r="C148" t="s">
         <v>260</v>
       </c>
       <c r="D148" t="s">
         <v>261</v>
       </c>
       <c r="E148" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="3">
-        <v>1.14</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
         <v>57</v>
       </c>
       <c r="B149" t="s">
         <v>262</v>
       </c>
       <c r="C149" t="s">
         <v>263</v>
       </c>
       <c r="D149" t="s">
         <v>264</v>
       </c>
       <c r="E149" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
         <v>269</v>
       </c>
       <c r="B150" t="s">
         <v>265</v>
       </c>
       <c r="C150" t="s">
         <v>266</v>
       </c>
       <c r="D150" t="s">
         <v>267</v>
       </c>
       <c r="E150" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="3">
-        <v>0.90</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
         <v>242</v>
       </c>
       <c r="B151" t="s">
         <v>268</v>
       </c>
       <c r="C151" t="s">
         <v>269</v>
       </c>
       <c r="D151" t="s">
         <v>270</v>
       </c>
       <c r="E151" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="3">
-        <v>1.98</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
         <v>506</v>
       </c>
       <c r="B152" t="s">
         <v>271</v>
       </c>
       <c r="C152" t="s">
         <v>272</v>
       </c>
       <c r="D152" t="s">
         <v>273</v>
       </c>
       <c r="E152" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="3">
-        <v>1.98</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
         <v>53</v>
       </c>
       <c r="B153" t="s">
         <v>274</v>
       </c>
       <c r="C153" t="s">
         <v>275</v>
       </c>
       <c r="D153" t="s">
         <v>276</v>
       </c>
       <c r="E153" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="3">
-        <v>5.88</v>
+        <v>5.62</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
         <v>965</v>
       </c>
       <c r="B154" t="s">
         <v>277</v>
       </c>
       <c r="C154" t="s">
         <v>278</v>
       </c>
       <c r="D154" t="s">
         <v>279</v>
       </c>
       <c r="E154" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="3">
-        <v>1.08</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
         <v>996</v>
       </c>
       <c r="B155" t="s">
         <v>280</v>
       </c>
       <c r="C155" t="s">
         <v>281</v>
       </c>
       <c r="D155" t="s">
         <v>282</v>
       </c>
       <c r="E155" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="3">
-        <v>26.10</v>
+        <v>25.02</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
         <v>856</v>
       </c>
       <c r="B156" t="s">
         <v>283</v>
       </c>
       <c r="C156" t="s">
         <v>284</v>
       </c>
       <c r="D156" t="s">
         <v>285</v>
       </c>
       <c r="E156" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="3">
-        <v>1.62</v>
+        <v>1.50</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
         <v>3712</v>
       </c>
       <c r="B157" t="s">
         <v>286</v>
       </c>
       <c r="C157" t="s">
         <v>287</v>
       </c>
       <c r="D157" t="s">
         <v>288</v>
       </c>
       <c r="E157" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="3">
-        <v>5.40</v>
+        <v>5.14</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
         <v>266</v>
       </c>
       <c r="B158" t="s">
         <v>289</v>
       </c>
       <c r="C158" t="s">
         <v>290</v>
       </c>
       <c r="D158" t="s">
         <v>291</v>
       </c>
       <c r="E158" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
         <v>231</v>
       </c>
       <c r="B159" t="s">
         <v>292</v>
       </c>
       <c r="C159" t="s">
         <v>293</v>
       </c>
       <c r="D159" t="s">
         <v>294</v>
       </c>
       <c r="E159" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="3">
-        <v>1.44</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
         <v>961</v>
       </c>
       <c r="B160" t="s">
         <v>295</v>
       </c>
       <c r="C160" t="s">
         <v>296</v>
       </c>
       <c r="D160" t="s">
         <v>297</v>
       </c>
       <c r="E160" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="3">
-        <v>2.22</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
         <v>218</v>
       </c>
       <c r="B161" t="s">
         <v>298</v>
       </c>
       <c r="C161" t="s">
         <v>299</v>
       </c>
       <c r="D161" t="s">
         <v>300</v>
       </c>
       <c r="E161" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="3">
-        <v>1.02</v>
+        <v>0.97</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
         <v>370</v>
       </c>
       <c r="B162" t="s">
         <v>301</v>
       </c>
       <c r="C162" t="s">
         <v>302</v>
       </c>
       <c r="D162" t="s">
         <v>303</v>
       </c>
       <c r="E162" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="3">
-        <v>4.80</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
         <v>423</v>
       </c>
       <c r="B163" t="s">
         <v>304</v>
       </c>
       <c r="C163" t="s">
         <v>305</v>
       </c>
       <c r="D163" t="s">
         <v>306</v>
       </c>
       <c r="E163" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
         <v>352</v>
       </c>
       <c r="B164" t="s">
         <v>307</v>
       </c>
       <c r="C164" t="s">
         <v>308</v>
       </c>
       <c r="D164" t="s">
         <v>309</v>
       </c>
       <c r="E164" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="3">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
         <v>230</v>
       </c>
       <c r="B165" t="s">
         <v>310</v>
       </c>
       <c r="C165" t="s">
         <v>311</v>
       </c>
       <c r="D165" t="s">
         <v>312</v>
       </c>
       <c r="E165" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="3">
-        <v>1.14</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
         <v>222</v>
       </c>
       <c r="B166" t="s">
         <v>313</v>
       </c>
       <c r="C166" t="s">
         <v>314</v>
       </c>
       <c r="D166" t="s">
         <v>315</v>
       </c>
       <c r="E166" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="3">
-        <v>1.44</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
         <v>261</v>
       </c>
       <c r="B167" t="s">
         <v>316</v>
       </c>
       <c r="C167" t="s">
         <v>317</v>
       </c>
       <c r="D167" t="s">
         <v>318</v>
       </c>
       <c r="E167" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="3">
-        <v>2.34</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
         <v>853</v>
       </c>
       <c r="B168" t="s">
         <v>319</v>
       </c>
       <c r="C168" t="s">
         <v>320</v>
       </c>
       <c r="D168" t="s">
         <v>321</v>
       </c>
       <c r="E168" t="s">
         <v>14</v>
       </c>
       <c r="F168" s="3">
-        <v>2.34</v>
+        <v>2.20</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
         <v>265</v>
       </c>
       <c r="B169" t="s">
         <v>322</v>
       </c>
       <c r="C169" t="s">
         <v>323</v>
       </c>
       <c r="D169" t="s">
         <v>324</v>
       </c>
       <c r="E169" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="3">
-        <v>3.06</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
         <v>60</v>
       </c>
       <c r="B170" t="s">
         <v>325</v>
       </c>
       <c r="C170" t="s">
         <v>326</v>
       </c>
       <c r="D170" t="s">
         <v>327</v>
       </c>
       <c r="E170" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="3">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
         <v>223</v>
       </c>
       <c r="B171" t="s">
         <v>328</v>
       </c>
       <c r="C171" t="s">
         <v>329</v>
       </c>
       <c r="D171" t="s">
         <v>330</v>
       </c>
       <c r="E171" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="3">
-        <v>0.72</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
         <v>960</v>
       </c>
       <c r="B172" t="s">
         <v>331</v>
       </c>
       <c r="C172" t="s">
         <v>332</v>
       </c>
       <c r="D172" t="s">
         <v>333</v>
       </c>
       <c r="E172" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="3">
-        <v>12.42</v>
+        <v>11.87</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
         <v>356</v>
       </c>
       <c r="B173" t="s">
         <v>334</v>
       </c>
       <c r="C173" t="s">
         <v>335</v>
       </c>
       <c r="D173" t="s">
         <v>336</v>
       </c>
       <c r="E173" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="3">
-        <v>4.80</v>
+        <v>4.59</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
         <v>212</v>
       </c>
       <c r="B174" t="s">
         <v>337</v>
       </c>
       <c r="C174" t="s">
         <v>338</v>
       </c>
       <c r="D174" t="s">
         <v>339</v>
       </c>
       <c r="E174" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="3">
-        <v>15.06</v>
+        <v>14.43</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
         <v>596</v>
       </c>
       <c r="B175" t="s">
         <v>340</v>
       </c>
       <c r="C175" t="s">
         <v>341</v>
       </c>
       <c r="D175" t="s">
         <v>342</v>
       </c>
       <c r="E175" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="3">
-        <v>7.74</v>
+        <v>7.40</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
         <v>52</v>
       </c>
       <c r="B176" t="s">
         <v>343</v>
       </c>
       <c r="C176" t="s">
         <v>344</v>
       </c>
       <c r="D176" t="s">
         <v>345</v>
       </c>
       <c r="E176" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="3">
-        <v>2.46</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
         <v>258</v>
       </c>
       <c r="B177" t="s">
         <v>346</v>
       </c>
       <c r="C177" t="s">
         <v>347</v>
       </c>
       <c r="D177" t="s">
         <v>348</v>
       </c>
       <c r="E177" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
         <v>373</v>
       </c>
       <c r="B178" t="s">
         <v>349</v>
       </c>
       <c r="C178" t="s">
         <v>350</v>
       </c>
       <c r="D178" t="s">
         <v>351</v>
       </c>
       <c r="E178" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
         <v>377</v>
       </c>
       <c r="B179" t="s">
         <v>352</v>
       </c>
       <c r="C179" t="s">
         <v>353</v>
       </c>
       <c r="D179" t="s">
         <v>354</v>
       </c>
       <c r="E179" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
         <v>976</v>
       </c>
       <c r="B180" t="s">
         <v>355</v>
       </c>
       <c r="C180" t="s">
         <v>356</v>
       </c>
       <c r="D180" t="s">
         <v>357</v>
       </c>
       <c r="E180" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="3">
-        <v>1.20</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
         <v>1664</v>
       </c>
       <c r="B181" t="s">
         <v>358</v>
       </c>
       <c r="C181" t="s">
         <v>359</v>
       </c>
       <c r="D181" t="s">
         <v>360</v>
       </c>
       <c r="E181" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="3">
-        <v>2.10</v>
+        <v>2.00</v>
       </c>
     </row>
     <row r="182">
       <c r="A182">
         <v>264</v>
       </c>
       <c r="B182" t="s">
         <v>361</v>
       </c>
       <c r="C182" t="s">
         <v>362</v>
       </c>
       <c r="D182" t="s">
         <v>363</v>
       </c>
       <c r="E182" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="3">
-        <v>0.78</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="183">
       <c r="A183">
         <v>977</v>
       </c>
       <c r="B183" t="s">
         <v>364</v>
       </c>
       <c r="C183" t="s">
         <v>365</v>
       </c>
       <c r="D183" t="s">
         <v>366</v>
       </c>
       <c r="E183" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="184">
       <c r="A184">
         <v>227</v>
       </c>
       <c r="B184" t="s">
         <v>367</v>
       </c>
       <c r="C184" t="s">
         <v>368</v>
       </c>
       <c r="D184" t="s">
         <v>369</v>
       </c>
       <c r="E184" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="3">
-        <v>1.32</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="185">
       <c r="A185">
         <v>234</v>
       </c>
       <c r="B185" t="s">
         <v>370</v>
       </c>
       <c r="C185" t="s">
         <v>371</v>
       </c>
       <c r="D185" t="s">
         <v>372</v>
       </c>
       <c r="E185" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="3">
-        <v>2.22</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
         <v>599</v>
       </c>
       <c r="B186" t="s">
         <v>373</v>
       </c>
       <c r="C186" t="s">
         <v>374</v>
       </c>
       <c r="D186" t="s">
         <v>375</v>
       </c>
       <c r="E186" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
         <v>505</v>
       </c>
       <c r="B187" t="s">
         <v>376</v>
       </c>
       <c r="C187" t="s">
         <v>377</v>
       </c>
       <c r="D187" t="s">
         <v>378</v>
       </c>
       <c r="E187" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="3">
-        <v>15.60</v>
+        <v>14.94</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
         <v>64</v>
       </c>
       <c r="B188" t="s">
         <v>379</v>
       </c>
       <c r="C188" t="s">
         <v>380</v>
       </c>
       <c r="D188" t="s">
         <v>381</v>
       </c>
       <c r="E188" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="3">
-        <v>1.86</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
         <v>687</v>
       </c>
       <c r="B189" t="s">
         <v>382</v>
       </c>
       <c r="C189" t="s">
         <v>383</v>
       </c>
       <c r="D189" t="s">
         <v>384</v>
       </c>
       <c r="E189" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="3">
-        <v>2.10</v>
+        <v>2.00</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
         <v>47</v>
       </c>
       <c r="B190" t="s">
         <v>385</v>
       </c>
       <c r="C190" t="s">
         <v>386</v>
       </c>
       <c r="D190" t="s">
         <v>387</v>
       </c>
       <c r="E190" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="3">
-        <v>2.46</v>
+        <v>2.36</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
         <v>971</v>
       </c>
       <c r="B191" t="s">
         <v>388</v>
       </c>
       <c r="C191" t="s">
         <v>389</v>
       </c>
       <c r="D191" t="s">
         <v>390</v>
       </c>
       <c r="E191" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="3">
-        <v>39.18</v>
+        <v>45.22</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
         <v>968</v>
       </c>
       <c r="B192" t="s">
         <v>391</v>
       </c>
       <c r="C192" t="s">
         <v>392</v>
       </c>
       <c r="D192" t="s">
         <v>393</v>
       </c>
       <c r="E192" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="3">
-        <v>1.14</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
         <v>682</v>
       </c>
       <c r="B193" t="s">
         <v>394</v>
       </c>
       <c r="C193" t="s">
         <v>395</v>
       </c>
       <c r="D193" t="s">
         <v>396</v>
       </c>
       <c r="E193" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="3">
-        <v>0.66</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
         <v>1649</v>
       </c>
       <c r="B194" t="s">
         <v>397</v>
       </c>
       <c r="C194" t="s">
         <v>398</v>
       </c>
       <c r="D194" t="s">
         <v>399</v>
       </c>
       <c r="E194" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="3">
-        <v>0.54</v>
+        <v>0.50</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
         <v>92</v>
       </c>
       <c r="B195" t="s">
         <v>400</v>
       </c>
       <c r="C195" t="s">
         <v>401</v>
       </c>
       <c r="D195" t="s">
         <v>402</v>
       </c>
       <c r="E195" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="3">
-        <v>1.14</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
         <v>507</v>
       </c>
       <c r="B196" t="s">
         <v>403</v>
       </c>
       <c r="C196" t="s">
         <v>404</v>
       </c>
       <c r="D196" t="s">
         <v>405</v>
       </c>
       <c r="E196" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="3">
-        <v>2.76</v>
+        <v>2.61</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
         <v>675</v>
       </c>
       <c r="B197" t="s">
         <v>406</v>
       </c>
       <c r="C197" t="s">
         <v>407</v>
       </c>
       <c r="D197" t="s">
         <v>408</v>
       </c>
       <c r="E197" t="s">
         <v>14</v>
       </c>
       <c r="F197" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
         <v>595</v>
       </c>
       <c r="B198" t="s">
         <v>409</v>
       </c>
       <c r="C198" t="s">
         <v>410</v>
       </c>
       <c r="D198" t="s">
         <v>411</v>
       </c>
       <c r="E198" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="3">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
         <v>51</v>
       </c>
       <c r="B199" t="s">
         <v>412</v>
       </c>
       <c r="C199" t="s">
         <v>413</v>
       </c>
       <c r="D199" t="s">
         <v>414</v>
       </c>
       <c r="E199" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="3">
-        <v>1.38</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
         <v>48</v>
       </c>
       <c r="B200" t="s">
         <v>415</v>
       </c>
       <c r="C200" t="s">
         <v>416</v>
       </c>
       <c r="D200" t="s">
         <v>417</v>
       </c>
       <c r="E200" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="3">
-        <v>2.22</v>
+        <v>2.09</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
         <v>351</v>
       </c>
       <c r="B201" t="s">
         <v>418</v>
       </c>
       <c r="C201" t="s">
         <v>419</v>
       </c>
       <c r="D201" t="s">
         <v>420</v>
       </c>
       <c r="E201" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="3">
-        <v>2.52</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="202">
       <c r="A202">
         <v>1787</v>
       </c>
       <c r="B202" t="s">
         <v>421</v>
       </c>
       <c r="C202" t="s">
         <v>422</v>
       </c>
       <c r="D202" t="s">
         <v>423</v>
       </c>
       <c r="E202" t="s">
         <v>14</v>
       </c>
       <c r="F202" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="203">
       <c r="A203">
         <v>389</v>
       </c>
       <c r="B203" t="s">
         <v>424</v>
       </c>
       <c r="C203" t="s">
         <v>425</v>
       </c>
       <c r="D203" t="s">
         <v>426</v>
       </c>
       <c r="E203" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="3">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="204">
       <c r="A204">
         <v>262</v>
       </c>
       <c r="B204" t="s">
         <v>427</v>
       </c>
       <c r="C204" t="s">
         <v>428</v>
       </c>
       <c r="D204" t="s">
         <v>429</v>
       </c>
       <c r="E204" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="205">
       <c r="A205">
         <v>79</v>
       </c>
       <c r="B205" t="s">
         <v>430</v>
       </c>
       <c r="C205" t="s">
         <v>431</v>
       </c>
       <c r="D205" t="s">
         <v>432</v>
       </c>
       <c r="E205" t="s">
         <v>433</v>
       </c>
       <c r="F205" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="206">
       <c r="A206">
         <v>79</v>
       </c>
       <c r="B206" t="s">
         <v>430</v>
       </c>
       <c r="C206" t="s">
         <v>431</v>
       </c>
       <c r="D206" t="s">
         <v>432</v>
       </c>
       <c r="E206" t="s">
         <v>235</v>
       </c>
       <c r="F206" s="3">
-        <v>9.30</v>
+        <v>9.37</v>
       </c>
     </row>
     <row r="207">
       <c r="A207">
         <v>79</v>
       </c>
       <c r="B207" t="s">
         <v>430</v>
       </c>
       <c r="C207" t="s">
         <v>431</v>
       </c>
       <c r="D207" t="s">
         <v>432</v>
       </c>
       <c r="E207" t="s">
         <v>434</v>
       </c>
       <c r="F207" s="3">
-        <v>10.02</v>
+        <v>7.96</v>
       </c>
     </row>
     <row r="208">
       <c r="A208">
         <v>79</v>
       </c>
       <c r="B208" t="s">
         <v>430</v>
       </c>
       <c r="C208" t="s">
         <v>431</v>
       </c>
       <c r="D208" t="s">
         <v>432</v>
       </c>
       <c r="E208" t="s">
         <v>435</v>
       </c>
       <c r="F208" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="209">
       <c r="A209">
         <v>79</v>
       </c>
       <c r="B209" t="s">
         <v>430</v>
       </c>
       <c r="C209" t="s">
         <v>431</v>
       </c>
       <c r="D209" t="s">
         <v>432</v>
       </c>
       <c r="E209" t="s">
         <v>436</v>
       </c>
       <c r="F209" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="210">
       <c r="A210">
         <v>79</v>
       </c>
       <c r="B210" t="s">
         <v>430</v>
       </c>
       <c r="C210" t="s">
         <v>431</v>
       </c>
       <c r="D210" t="s">
         <v>432</v>
       </c>
       <c r="E210" t="s">
         <v>437</v>
       </c>
       <c r="F210" s="3">
-        <v>6.12</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="211">
       <c r="A211">
         <v>79</v>
       </c>
       <c r="B211" t="s">
         <v>430</v>
       </c>
       <c r="C211" t="s">
         <v>431</v>
       </c>
       <c r="D211" t="s">
         <v>432</v>
       </c>
       <c r="E211" t="s">
         <v>438</v>
       </c>
       <c r="F211" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="212">
       <c r="A212">
         <v>79</v>
       </c>
       <c r="B212" t="s">
         <v>430</v>
       </c>
       <c r="C212" t="s">
         <v>431</v>
       </c>
       <c r="D212" t="s">
         <v>432</v>
       </c>
       <c r="E212" t="s">
         <v>439</v>
       </c>
       <c r="F212" s="3">
-        <v>9.00</v>
+        <v>9.15</v>
       </c>
     </row>
     <row r="213">
       <c r="A213">
         <v>79</v>
       </c>
       <c r="B213" t="s">
         <v>430</v>
       </c>
       <c r="C213" t="s">
         <v>431</v>
       </c>
       <c r="D213" t="s">
         <v>432</v>
       </c>
       <c r="E213" t="s">
         <v>440</v>
       </c>
       <c r="F213" s="3">
-        <v>10.02</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="214">
       <c r="A214">
         <v>79</v>
       </c>
       <c r="B214" t="s">
         <v>430</v>
       </c>
       <c r="C214" t="s">
         <v>431</v>
       </c>
       <c r="D214" t="s">
         <v>432</v>
       </c>
       <c r="E214" t="s">
         <v>64</v>
       </c>
       <c r="F214" s="3">
-        <v>5.52</v>
+        <v>5.60</v>
       </c>
     </row>
     <row r="215">
       <c r="A215">
         <v>79</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" t="s">
         <v>431</v>
       </c>
       <c r="D215" t="s">
         <v>432</v>
       </c>
       <c r="E215" t="s">
         <v>441</v>
       </c>
       <c r="F215" s="3">
-        <v>8.76</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="216">
       <c r="A216">
         <v>79</v>
       </c>
       <c r="B216" t="s">
         <v>430</v>
       </c>
       <c r="C216" t="s">
         <v>431</v>
       </c>
       <c r="D216" t="s">
         <v>432</v>
       </c>
       <c r="E216" t="s">
         <v>442</v>
       </c>
       <c r="F216" s="3">
-        <v>6.90</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="217">
       <c r="A217">
         <v>79</v>
       </c>
       <c r="B217" t="s">
         <v>430</v>
       </c>
       <c r="C217" t="s">
         <v>431</v>
       </c>
       <c r="D217" t="s">
         <v>432</v>
       </c>
       <c r="E217" t="s">
         <v>443</v>
       </c>
       <c r="F217" s="3">
-        <v>5.46</v>
+        <v>8.11</v>
       </c>
     </row>
     <row r="218">
       <c r="A218">
         <v>79</v>
       </c>
       <c r="B218" t="s">
         <v>430</v>
       </c>
       <c r="C218" t="s">
         <v>431</v>
       </c>
       <c r="D218" t="s">
         <v>432</v>
       </c>
       <c r="E218" t="s">
         <v>444</v>
       </c>
       <c r="F218" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="219">
       <c r="A219">
         <v>79</v>
       </c>
       <c r="B219" t="s">
         <v>430</v>
       </c>
       <c r="C219" t="s">
         <v>431</v>
       </c>
       <c r="D219" t="s">
         <v>432</v>
       </c>
       <c r="E219" t="s">
         <v>445</v>
       </c>
       <c r="F219" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="220">
       <c r="A220">
         <v>79</v>
       </c>
       <c r="B220" t="s">
         <v>430</v>
       </c>
       <c r="C220" t="s">
         <v>431</v>
       </c>
       <c r="D220" t="s">
         <v>432</v>
       </c>
       <c r="E220" t="s">
         <v>237</v>
       </c>
       <c r="F220" s="3">
-        <v>7.50</v>
+        <v>7.62</v>
       </c>
     </row>
     <row r="221">
       <c r="A221">
         <v>79</v>
       </c>
       <c r="B221" t="s">
         <v>430</v>
       </c>
       <c r="C221" t="s">
         <v>431</v>
       </c>
       <c r="D221" t="s">
         <v>432</v>
       </c>
       <c r="E221" t="s">
         <v>446</v>
       </c>
       <c r="F221" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="222">
       <c r="A222">
         <v>79</v>
       </c>
       <c r="B222" t="s">
         <v>430</v>
       </c>
       <c r="C222" t="s">
         <v>431</v>
       </c>
       <c r="D222" t="s">
         <v>432</v>
       </c>
       <c r="E222" t="s">
         <v>447</v>
       </c>
       <c r="F222" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="223">
       <c r="A223">
         <v>79</v>
       </c>
       <c r="B223" t="s">
         <v>430</v>
       </c>
       <c r="C223" t="s">
         <v>431</v>
       </c>
       <c r="D223" t="s">
         <v>432</v>
       </c>
       <c r="E223" t="s">
         <v>448</v>
       </c>
       <c r="F223" s="3">
-        <v>5.76</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="224">
       <c r="A224">
         <v>79</v>
       </c>
       <c r="B224" t="s">
         <v>430</v>
       </c>
       <c r="C224" t="s">
         <v>431</v>
       </c>
       <c r="D224" t="s">
         <v>432</v>
       </c>
       <c r="E224" t="s">
         <v>449</v>
       </c>
       <c r="F224" s="3">
-        <v>10.02</v>
+        <v>10.18</v>
       </c>
     </row>
     <row r="225">
       <c r="A225">
         <v>250</v>
       </c>
       <c r="B225" t="s">
         <v>450</v>
       </c>
       <c r="C225" t="s">
         <v>451</v>
       </c>
       <c r="D225" t="s">
         <v>452</v>
       </c>
       <c r="E225" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="226">
       <c r="A226">
         <v>40</v>
       </c>
       <c r="B226" t="s">
         <v>453</v>
       </c>
       <c r="C226" t="s">
         <v>454</v>
       </c>
       <c r="D226" t="s">
         <v>455</v>
       </c>
       <c r="E226" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="3">
-        <v>4.02</v>
+        <v>3.84</v>
       </c>
     </row>
     <row r="227">
       <c r="A227">
         <v>1</v>
       </c>
       <c r="B227" t="s">
         <v>456</v>
       </c>
       <c r="C227" t="s">
         <v>457</v>
       </c>
       <c r="D227" t="s">
         <v>458</v>
       </c>
       <c r="E227" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="3">
-        <v>1.08</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="228">
       <c r="A228">
         <v>685</v>
       </c>
       <c r="B228" t="s">
         <v>459</v>
       </c>
       <c r="C228" t="s">
         <v>460</v>
       </c>
       <c r="D228" t="s">
         <v>461</v>
       </c>
       <c r="E228" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="3">
-        <v>1.20</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="229">
       <c r="A229">
         <v>378</v>
       </c>
       <c r="B229" t="s">
         <v>462</v>
       </c>
       <c r="C229" t="s">
         <v>463</v>
       </c>
       <c r="D229" t="s">
         <v>464</v>
       </c>
       <c r="E229" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="230">
       <c r="A230">
         <v>966</v>
       </c>
       <c r="B230" t="s">
         <v>465</v>
       </c>
       <c r="C230" t="s">
         <v>466</v>
       </c>
       <c r="D230" t="s">
         <v>467</v>
       </c>
       <c r="E230" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="3">
-        <v>1.32</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="231">
       <c r="A231">
         <v>268</v>
       </c>
       <c r="B231" t="s">
         <v>468</v>
       </c>
       <c r="C231" t="s">
         <v>469</v>
       </c>
       <c r="D231" t="s">
         <v>470</v>
       </c>
       <c r="E231" t="s">
         <v>14</v>
       </c>
       <c r="F231" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="232">
       <c r="A232">
         <v>248</v>
       </c>
       <c r="B232" t="s">
         <v>471</v>
       </c>
       <c r="C232" t="s">
         <v>472</v>
       </c>
       <c r="D232" t="s">
         <v>473</v>
       </c>
       <c r="E232" t="s">
         <v>14</v>
       </c>
       <c r="F232" s="3">
-        <v>0.84</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="233">
       <c r="A233">
         <v>221</v>
       </c>
       <c r="B233" t="s">
         <v>474</v>
       </c>
       <c r="C233" t="s">
         <v>475</v>
       </c>
       <c r="D233" t="s">
         <v>476</v>
       </c>
       <c r="E233" t="s">
         <v>14</v>
       </c>
       <c r="F233" s="3">
-        <v>5.58</v>
+        <v>5.31</v>
       </c>
     </row>
     <row r="234">
       <c r="A234">
         <v>1784</v>
       </c>
       <c r="B234" t="s">
         <v>477</v>
       </c>
       <c r="C234" t="s">
         <v>478</v>
       </c>
       <c r="D234" t="s">
         <v>479</v>
       </c>
       <c r="E234" t="s">
         <v>14</v>
       </c>
       <c r="F234" s="3">
-        <v>3.96</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="235">
       <c r="A235">
         <v>1869</v>
       </c>
       <c r="B235" t="s">
         <v>480</v>
       </c>
       <c r="C235" t="s">
         <v>481</v>
       </c>
       <c r="D235" t="s">
         <v>482</v>
       </c>
       <c r="E235" t="s">
         <v>14</v>
       </c>
       <c r="F235" s="3">
-        <v>3.54</v>
+        <v>3.40</v>
       </c>
     </row>
     <row r="236">
       <c r="A236">
         <v>1758</v>
       </c>
       <c r="B236" t="s">
         <v>483</v>
       </c>
       <c r="C236" t="s">
         <v>484</v>
       </c>
       <c r="D236" t="s">
         <v>485</v>
       </c>
       <c r="E236" t="s">
         <v>14</v>
       </c>
       <c r="F236" s="3">
-        <v>0.96</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="237">
       <c r="A237">
         <v>381</v>
       </c>
       <c r="B237" t="s">
         <v>486</v>
       </c>
       <c r="C237" t="s">
         <v>487</v>
       </c>
       <c r="D237" t="s">
         <v>488</v>
       </c>
       <c r="E237" t="s">
         <v>14</v>
       </c>
       <c r="F237" s="3">
-        <v>1.56</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="238">
       <c r="A238">
         <v>65</v>
       </c>
       <c r="B238" t="s">
         <v>489</v>
       </c>
       <c r="C238" t="s">
         <v>490</v>
       </c>
       <c r="D238" t="s">
         <v>491</v>
       </c>
       <c r="E238" t="s">
         <v>14</v>
       </c>
       <c r="F238" s="3">
-        <v>4.08</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="239">
       <c r="A239">
         <v>963</v>
       </c>
       <c r="B239" t="s">
         <v>492</v>
       </c>
       <c r="C239" t="s">
         <v>493</v>
       </c>
       <c r="D239" t="s">
         <v>494</v>
       </c>
       <c r="E239" t="s">
         <v>14</v>
       </c>
       <c r="F239" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="240">
       <c r="A240">
         <v>421</v>
       </c>
       <c r="B240" t="s">
         <v>495</v>
       </c>
       <c r="C240" t="s">
         <v>496</v>
       </c>
       <c r="D240" t="s">
         <v>497</v>
       </c>
       <c r="E240" t="s">
         <v>14</v>
       </c>
       <c r="F240" s="3">
-        <v>3.36</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="241">
       <c r="A241">
         <v>386</v>
       </c>
       <c r="B241" t="s">
         <v>498</v>
       </c>
       <c r="C241" t="s">
         <v>499</v>
       </c>
       <c r="D241" t="s">
         <v>500</v>
       </c>
       <c r="E241" t="s">
         <v>14</v>
       </c>
       <c r="F241" s="3">
-        <v>2.40</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="242">
       <c r="A242">
         <v>249</v>
       </c>
       <c r="B242" t="s">
         <v>501</v>
       </c>
       <c r="C242" t="s">
         <v>502</v>
       </c>
       <c r="D242" t="s">
         <v>503</v>
       </c>
       <c r="E242" t="s">
         <v>14</v>
       </c>
       <c r="F242" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="243">
       <c r="A243">
         <v>597</v>
       </c>
       <c r="B243" t="s">
         <v>504</v>
       </c>
       <c r="C243" t="s">
         <v>505</v>
       </c>
       <c r="D243" t="s">
         <v>506</v>
       </c>
       <c r="E243" t="s">
         <v>14</v>
       </c>
       <c r="F243" s="3">
-        <v>1.50</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="244">
       <c r="A244">
         <v>232</v>
       </c>
       <c r="B244" t="s">
         <v>507</v>
       </c>
       <c r="C244" t="s">
         <v>508</v>
       </c>
       <c r="D244" t="s">
         <v>509</v>
       </c>
       <c r="E244" t="s">
         <v>14</v>
       </c>
       <c r="F244" s="3">
-        <v>0.96</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="245">
       <c r="A245">
         <v>992</v>
       </c>
       <c r="B245" t="s">
         <v>510</v>
       </c>
       <c r="C245" t="s">
         <v>511</v>
       </c>
       <c r="D245" t="s">
         <v>512</v>
       </c>
       <c r="E245" t="s">
         <v>14</v>
       </c>
       <c r="F245" s="3">
-        <v>23.64</v>
+        <v>30.45</v>
       </c>
     </row>
     <row r="246">
       <c r="A246">
         <v>66</v>
       </c>
       <c r="B246" t="s">
         <v>513</v>
       </c>
       <c r="C246" t="s">
         <v>514</v>
       </c>
       <c r="D246" t="s">
         <v>515</v>
       </c>
       <c r="E246" t="s">
         <v>14</v>
       </c>
       <c r="F246" s="3">
-        <v>0.54</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="247">
       <c r="A247">
         <v>886</v>
       </c>
       <c r="B247" t="s">
         <v>516</v>
       </c>
       <c r="C247" t="s">
         <v>517</v>
       </c>
       <c r="D247" t="s">
         <v>518</v>
       </c>
       <c r="E247" t="s">
         <v>14</v>
       </c>
       <c r="F247" s="3">
-        <v>1.38</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="248">
       <c r="A248">
         <v>255</v>
       </c>
       <c r="B248" t="s">
         <v>519</v>
       </c>
       <c r="C248" t="s">
         <v>520</v>
       </c>
       <c r="D248" t="s">
         <v>521</v>
       </c>
       <c r="E248" t="s">
         <v>14</v>
       </c>
       <c r="F248" s="3">
-        <v>1.62</v>
+        <v>1.50</v>
       </c>
     </row>
     <row r="249">
       <c r="A249">
         <v>228</v>
       </c>
       <c r="B249" t="s">
         <v>522</v>
       </c>
       <c r="C249" t="s">
         <v>523</v>
       </c>
       <c r="D249" t="s">
         <v>524</v>
       </c>
       <c r="E249" t="s">
         <v>14</v>
       </c>
       <c r="F249" s="3">
-        <v>1.26</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="250">
       <c r="A250">
         <v>676</v>
       </c>
       <c r="B250" t="s">
         <v>525</v>
       </c>
       <c r="C250" t="s">
         <v>526</v>
       </c>
       <c r="D250" t="s">
         <v>527</v>
       </c>
       <c r="E250" t="s">
         <v>14</v>
       </c>
       <c r="F250" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="251">
       <c r="A251">
         <v>1868</v>
       </c>
       <c r="B251" t="s">
         <v>528</v>
       </c>
       <c r="C251" t="s">
         <v>529</v>
       </c>
       <c r="D251" t="s">
         <v>530</v>
       </c>
       <c r="E251" t="s">
         <v>14</v>
       </c>
       <c r="F251" s="3">
-        <v>1.26</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="252">
       <c r="A252">
         <v>216</v>
       </c>
       <c r="B252" t="s">
         <v>531</v>
       </c>
       <c r="C252" t="s">
         <v>532</v>
       </c>
       <c r="D252" t="s">
         <v>533</v>
       </c>
       <c r="E252" t="s">
         <v>14</v>
       </c>
       <c r="F252" s="3">
-        <v>5.10</v>
+        <v>4.89</v>
       </c>
     </row>
     <row r="253">
       <c r="A253">
         <v>993</v>
       </c>
       <c r="B253" t="s">
         <v>534</v>
       </c>
       <c r="C253" t="s">
         <v>535</v>
       </c>
       <c r="D253" t="s">
         <v>536</v>
       </c>
       <c r="E253" t="s">
         <v>14</v>
       </c>
       <c r="F253" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="254">
       <c r="A254">
         <v>90</v>
       </c>
       <c r="B254" t="s">
         <v>537</v>
       </c>
       <c r="C254" t="s">
         <v>538</v>
       </c>
       <c r="D254" t="s">
         <v>539</v>
       </c>
       <c r="E254" t="s">
         <v>14</v>
       </c>
       <c r="F254" s="3">
-        <v>0.12</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="255">
       <c r="A255">
         <v>256</v>
       </c>
       <c r="B255" t="s">
         <v>540</v>
       </c>
       <c r="C255" t="s">
         <v>541</v>
       </c>
       <c r="D255" t="s">
         <v>542</v>
       </c>
       <c r="E255" t="s">
         <v>14</v>
       </c>
       <c r="F255" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="256">
       <c r="A256">
         <v>998</v>
       </c>
       <c r="B256" t="s">
         <v>543</v>
       </c>
       <c r="C256" t="s">
         <v>544</v>
       </c>
       <c r="D256" t="s">
         <v>545</v>
       </c>
       <c r="E256" t="s">
         <v>14</v>
       </c>
       <c r="F256" s="3">
-        <v>39.72</v>
+        <v>24.44</v>
       </c>
     </row>
     <row r="257">
       <c r="A257">
         <v>38094</v>
       </c>
       <c r="B257" t="s">
         <v>546</v>
       </c>
       <c r="C257" t="s">
         <v>547</v>
       </c>
       <c r="D257" t="s">
         <v>548</v>
       </c>
       <c r="E257" t="s">
         <v>549</v>
       </c>
       <c r="F257" s="3">
-        <v>0.06</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="258">
       <c r="A258">
         <v>38067</v>
       </c>
       <c r="B258" t="s">
         <v>546</v>
       </c>
       <c r="C258" t="s">
         <v>547</v>
       </c>
       <c r="D258" t="s">
         <v>548</v>
       </c>
       <c r="E258" t="s">
         <v>550</v>
       </c>
       <c r="F258" s="3">
-        <v>12.06</v>
+        <v>11.55</v>
       </c>
     </row>
     <row r="259">
       <c r="A259">
         <v>38068</v>
       </c>
       <c r="B259" t="s">
         <v>546</v>
       </c>
       <c r="C259" t="s">
         <v>547</v>
       </c>
       <c r="D259" t="s">
         <v>548</v>
       </c>
       <c r="E259" t="s">
         <v>550</v>
       </c>
       <c r="F259" s="3">
-        <v>12.06</v>
+        <v>11.55</v>
       </c>
     </row>
     <row r="260">
       <c r="A260">
         <v>38096</v>
       </c>
       <c r="B260" t="s">
         <v>546</v>
       </c>
       <c r="C260" t="s">
         <v>547</v>
       </c>
       <c r="D260" t="s">
         <v>548</v>
       </c>
       <c r="E260" t="s">
         <v>550</v>
       </c>
       <c r="F260" s="3">
-        <v>12.06</v>
+        <v>11.55</v>
       </c>
     </row>
     <row r="261">
       <c r="A261">
         <v>38097</v>
       </c>
       <c r="B261" t="s">
         <v>546</v>
       </c>
       <c r="C261" t="s">
         <v>547</v>
       </c>
       <c r="D261" t="s">
         <v>548</v>
       </c>
       <c r="E261" t="s">
         <v>550</v>
       </c>
       <c r="F261" s="3">
-        <v>12.06</v>
+        <v>11.55</v>
       </c>
     </row>
     <row r="262">
       <c r="A262">
         <v>38098</v>
       </c>
       <c r="B262" t="s">
         <v>546</v>
       </c>
       <c r="C262" t="s">
         <v>547</v>
       </c>
       <c r="D262" t="s">
         <v>548</v>
       </c>
       <c r="E262" t="s">
         <v>550</v>
       </c>
       <c r="F262" s="3">
-        <v>12.06</v>
+        <v>11.55</v>
       </c>
     </row>
     <row r="263">
       <c r="A263">
         <v>38063</v>
       </c>
       <c r="B263" t="s">
         <v>546</v>
       </c>
       <c r="C263" t="s">
         <v>547</v>
       </c>
       <c r="D263" t="s">
         <v>548</v>
       </c>
       <c r="E263" t="s">
         <v>63</v>
       </c>
       <c r="F263" s="3">
-        <v>12.36</v>
+        <v>11.80</v>
       </c>
     </row>
     <row r="264">
       <c r="A264">
         <v>38093</v>
       </c>
       <c r="B264" t="s">
         <v>546</v>
       </c>
       <c r="C264" t="s">
         <v>547</v>
       </c>
       <c r="D264" t="s">
         <v>548</v>
       </c>
       <c r="E264" t="s">
         <v>63</v>
       </c>
       <c r="F264" s="3">
-        <v>12.36</v>
+        <v>11.80</v>
       </c>
     </row>
     <row r="265">
       <c r="A265">
         <v>38050</v>
       </c>
       <c r="B265" t="s">
         <v>546</v>
       </c>
       <c r="C265" t="s">
         <v>547</v>
       </c>
       <c r="D265" t="s">
         <v>548</v>
       </c>
       <c r="E265" t="s">
         <v>64</v>
       </c>
       <c r="F265" s="3">
-        <v>11.82</v>
+        <v>11.29</v>
       </c>
     </row>
     <row r="266">
       <c r="A266">
         <v>38066</v>
       </c>
       <c r="B266" t="s">
         <v>546</v>
       </c>
       <c r="C266" t="s">
         <v>547</v>
       </c>
       <c r="D266" t="s">
         <v>548</v>
       </c>
       <c r="E266" t="s">
         <v>64</v>
       </c>
       <c r="F266" s="3">
-        <v>11.82</v>
+        <v>11.29</v>
       </c>
     </row>
     <row r="267">
       <c r="A267">
         <v>38095</v>
       </c>
       <c r="B267" t="s">
         <v>546</v>
       </c>
       <c r="C267" t="s">
         <v>547</v>
       </c>
       <c r="D267" t="s">
         <v>548</v>
       </c>
       <c r="E267" t="s">
         <v>64</v>
       </c>
       <c r="F267" s="3">
-        <v>11.82</v>
+        <v>11.29</v>
       </c>
     </row>
     <row r="268">
       <c r="A268">
         <v>38099</v>
       </c>
       <c r="B268" t="s">
         <v>546</v>
       </c>
       <c r="C268" t="s">
         <v>547</v>
       </c>
       <c r="D268" t="s">
         <v>548</v>
       </c>
       <c r="E268" t="s">
         <v>64</v>
       </c>
       <c r="F268" s="3">
-        <v>11.82</v>
+        <v>11.29</v>
       </c>
     </row>
     <row r="269">
       <c r="A269">
         <v>38092</v>
       </c>
       <c r="B269" t="s">
         <v>546</v>
       </c>
       <c r="C269" t="s">
         <v>547</v>
       </c>
       <c r="D269" t="s">
         <v>548</v>
       </c>
       <c r="E269" t="s">
         <v>551</v>
       </c>
       <c r="F269" s="3">
-        <v>13.14</v>
+        <v>12.59</v>
       </c>
     </row>
     <row r="270">
       <c r="A270">
         <v>38091</v>
       </c>
       <c r="B270" t="s">
         <v>546</v>
       </c>
       <c r="C270" t="s">
         <v>547</v>
       </c>
       <c r="D270" t="s">
         <v>548</v>
       </c>
       <c r="E270" t="s">
         <v>552</v>
       </c>
       <c r="F270" s="3">
-        <v>16.02</v>
+        <v>15.36</v>
       </c>
     </row>
     <row r="271">
       <c r="A271">
         <v>38073</v>
       </c>
       <c r="B271" t="s">
         <v>546</v>
       </c>
       <c r="C271" t="s">
         <v>547</v>
       </c>
       <c r="D271" t="s">
         <v>548</v>
       </c>
       <c r="E271" t="s">
         <v>553</v>
       </c>
       <c r="F271" s="3">
-        <v>1.32</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="272">
       <c r="A272">
         <v>380900</v>
       </c>
       <c r="B272" t="s">
         <v>546</v>
       </c>
       <c r="C272" t="s">
         <v>547</v>
       </c>
       <c r="D272" t="s">
         <v>548</v>
       </c>
       <c r="E272" t="s">
         <v>553</v>
       </c>
       <c r="F272" s="3">
-        <v>1.32</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="273">
       <c r="A273">
         <v>598</v>
       </c>
       <c r="B273" t="s">
         <v>554</v>
       </c>
       <c r="C273" t="s">
         <v>555</v>
       </c>
       <c r="D273" t="s">
         <v>556</v>
       </c>
       <c r="E273" t="s">
         <v>14</v>
       </c>
       <c r="F273" s="3">
-        <v>1.50</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="274">
       <c r="A274">
         <v>298</v>
       </c>
       <c r="B274" t="s">
         <v>557</v>
       </c>
       <c r="C274" t="s">
         <v>558</v>
       </c>
       <c r="D274" t="s">
         <v>559</v>
       </c>
       <c r="E274" t="s">
         <v>14</v>
       </c>
       <c r="F274" s="3">
-        <v>0.90</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="275">
       <c r="A275">
         <v>679</v>
       </c>
       <c r="B275" t="s">
         <v>560</v>
       </c>
       <c r="C275" t="s">
         <v>561</v>
       </c>
       <c r="D275" t="s">
         <v>562</v>
       </c>
       <c r="E275" t="s">
         <v>14</v>
       </c>
       <c r="F275" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="276">
       <c r="A276">
         <v>63</v>
       </c>
       <c r="B276" t="s">
         <v>563</v>
       </c>
       <c r="C276" t="s">
         <v>564</v>
       </c>
       <c r="D276" t="s">
         <v>565</v>
       </c>
       <c r="E276" t="s">
         <v>14</v>
       </c>
       <c r="F276" s="3">
-        <v>1.08</v>
+        <v>1.00</v>
       </c>
     </row>
     <row r="277">
       <c r="A277">
         <v>358</v>
       </c>
       <c r="B277" t="s">
         <v>566</v>
       </c>
       <c r="C277" t="s">
         <v>567</v>
       </c>
       <c r="D277" t="s">
         <v>568</v>
       </c>
       <c r="E277" t="s">
         <v>14</v>
       </c>
       <c r="F277" s="3">
-        <v>7.68</v>
+        <v>7.35</v>
       </c>
     </row>
     <row r="278">
       <c r="A278">
         <v>500</v>
       </c>
       <c r="B278" t="s">
         <v>569</v>
       </c>
       <c r="C278" t="s">
         <v>570</v>
       </c>
       <c r="D278" t="s">
         <v>571</v>
       </c>
       <c r="E278" t="s">
         <v>14</v>
       </c>
       <c r="F278" s="3">
-        <v>0.48</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="279">
       <c r="A279">
         <v>33</v>
       </c>
       <c r="B279" t="s">
         <v>572</v>
       </c>
       <c r="C279" t="s">
         <v>573</v>
       </c>
       <c r="D279" t="s">
         <v>574</v>
       </c>
       <c r="E279" t="s">
         <v>14</v>
       </c>
       <c r="F279" s="3">
-        <v>9.18</v>
+        <v>6.15</v>
       </c>
     </row>
     <row r="280">
       <c r="A280">
         <v>594</v>
       </c>
       <c r="B280" t="s">
         <v>575</v>
       </c>
       <c r="C280" t="s">
         <v>576</v>
       </c>
       <c r="D280" t="s">
         <v>577</v>
       </c>
       <c r="E280" t="s">
         <v>14</v>
       </c>
       <c r="F280" s="3">
-        <v>23.64</v>
+        <v>27.00</v>
       </c>
     </row>
     <row r="281">
       <c r="A281">
         <v>689</v>
       </c>
       <c r="B281" t="s">
         <v>578</v>
       </c>
       <c r="C281" t="s">
         <v>579</v>
       </c>
       <c r="D281" t="s">
         <v>580</v>
       </c>
       <c r="E281" t="s">
         <v>14</v>
       </c>
       <c r="F281" s="3">
-        <v>0.78</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="282">
       <c r="A282">
         <v>385</v>
       </c>
       <c r="B282" t="s">
         <v>581</v>
       </c>
       <c r="C282" t="s">
         <v>582</v>
       </c>
       <c r="D282" t="s">
         <v>583</v>
       </c>
       <c r="E282" t="s">
         <v>14</v>
       </c>
       <c r="F282" s="3">
-        <v>1.14</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="283">
       <c r="A283">
         <v>236</v>
       </c>
       <c r="B283" t="s">
         <v>584</v>
       </c>
       <c r="C283" t="s">
         <v>585</v>
       </c>
       <c r="D283" t="s">
         <v>586</v>
       </c>
       <c r="E283" t="s">
         <v>14</v>
       </c>
       <c r="F283" s="3">
-        <v>0.78</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="284">
       <c r="A284">
         <v>235</v>
       </c>
       <c r="B284" t="s">
         <v>587</v>
       </c>
       <c r="C284" t="s">
         <v>588</v>
       </c>
       <c r="D284" t="s">
         <v>589</v>
       </c>
       <c r="E284" t="s">
         <v>14</v>
       </c>
       <c r="F284" s="3">
-        <v>1.44</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="285">
       <c r="A285">
         <v>382</v>
       </c>
       <c r="B285" t="s">
         <v>590</v>
       </c>
       <c r="C285" t="s">
         <v>591</v>
       </c>
       <c r="D285" t="s">
         <v>592</v>
       </c>
       <c r="E285" t="s">
         <v>14</v>
       </c>
       <c r="F285" s="3">
-        <v>13.32</v>
+        <v>12.77</v>
       </c>
     </row>
     <row r="286">
       <c r="A286">
         <v>420</v>
       </c>
       <c r="B286" t="s">
         <v>593</v>
       </c>
       <c r="C286" t="s">
         <v>594</v>
       </c>
       <c r="D286" t="s">
         <v>595</v>
       </c>
       <c r="E286" t="s">
         <v>14</v>
       </c>
       <c r="F286" s="3">
-        <v>3.06</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="287">
       <c r="A287">
         <v>56</v>
       </c>
       <c r="B287" t="s">
         <v>596</v>
       </c>
       <c r="C287" t="s">
         <v>597</v>
       </c>
       <c r="D287" t="s">
         <v>598</v>
       </c>
       <c r="E287" t="s">
         <v>14</v>
       </c>
       <c r="F287" s="3">
-        <v>1.26</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="288">
       <c r="A288">
         <v>41</v>
       </c>
       <c r="B288" t="s">
         <v>599</v>
       </c>
       <c r="C288" t="s">
         <v>600</v>
       </c>
       <c r="D288" t="s">
         <v>601</v>
       </c>
       <c r="E288" t="s">
         <v>14</v>
       </c>
       <c r="F288" s="3">
-        <v>1.62</v>
+        <v>1.50</v>
       </c>
     </row>
     <row r="289">
       <c r="A289">
         <v>46</v>
       </c>
       <c r="B289" t="s">
         <v>602</v>
       </c>
       <c r="C289" t="s">
         <v>603</v>
       </c>
       <c r="D289" t="s">
         <v>604</v>
       </c>
       <c r="E289" t="s">
         <v>14</v>
       </c>
       <c r="F289" s="3">
-        <v>4.74</v>
+        <v>4.51</v>
       </c>
     </row>
     <row r="290">
       <c r="A290">
         <v>94</v>
       </c>
       <c r="B290" t="s">
         <v>605</v>
       </c>
       <c r="C290" t="s">
         <v>606</v>
       </c>
       <c r="D290" t="s">
         <v>607</v>
       </c>
       <c r="E290" t="s">
         <v>14</v>
       </c>
       <c r="F290" s="3">
-        <v>38.58</v>
+        <v>36.94</v>
       </c>
     </row>
     <row r="291">
       <c r="A291">
         <v>593</v>
       </c>
       <c r="B291" t="s">
         <v>608</v>
       </c>
       <c r="C291" t="s">
         <v>609</v>
       </c>
       <c r="D291" t="s">
         <v>610</v>
       </c>
       <c r="E291" t="s">
         <v>14</v>
       </c>
       <c r="F291" s="3">
-        <v>9.66</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="292">
       <c r="A292">
         <v>503</v>
       </c>
       <c r="B292" t="s">
         <v>611</v>
       </c>
       <c r="C292" t="s">
         <v>612</v>
       </c>
       <c r="D292" t="s">
         <v>613</v>
       </c>
       <c r="E292" t="s">
         <v>14</v>
       </c>
       <c r="F292" s="3">
-        <v>1.74</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="293">
       <c r="A293">
         <v>372</v>
       </c>
       <c r="B293" t="s">
         <v>614</v>
       </c>
       <c r="C293" t="s">
         <v>615</v>
       </c>
       <c r="D293" t="s">
         <v>616</v>
       </c>
       <c r="E293" t="s">
         <v>14</v>
       </c>
       <c r="F293" s="3">
-        <v>5.28</v>
+        <v>5.02</v>
       </c>
     </row>
     <row r="294">
       <c r="A294">
         <v>251</v>
       </c>
       <c r="B294" t="s">
         <v>617</v>
       </c>
       <c r="C294" t="s">
         <v>618</v>
       </c>
       <c r="D294" t="s">
         <v>619</v>
       </c>
       <c r="E294" t="s">
         <v>14</v>
       </c>
       <c r="F294" s="3">
-        <v>0.60</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="295">
       <c r="A295">
         <v>27</v>
       </c>
       <c r="B295" t="s">
         <v>620</v>
       </c>
       <c r="C295" t="s">
         <v>621</v>
       </c>
       <c r="D295" t="s">
         <v>622</v>
       </c>
       <c r="E295" t="s">
         <v>14</v>
       </c>
       <c r="F295" s="3">
-        <v>1.62</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="296">
       <c r="A296">
         <v>82</v>
       </c>
       <c r="B296" t="s">
         <v>623</v>
       </c>
       <c r="C296" t="s">
         <v>624</v>
       </c>
       <c r="D296" t="s">
         <v>625</v>
       </c>
       <c r="E296" t="s">
         <v>14</v>
       </c>
       <c r="F296" s="3">
-        <v>0.72</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="297">
       <c r="A297">
         <v>7998</v>
       </c>
       <c r="B297" t="s">
         <v>626</v>
       </c>
       <c r="C297" t="s">
         <v>627</v>
       </c>
       <c r="D297" t="s">
         <v>628</v>
       </c>
       <c r="E297" t="s">
         <v>629</v>
       </c>
       <c r="F297" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="298">
       <c r="A298">
         <v>7928804</v>
       </c>
       <c r="B298" t="s">
         <v>626</v>
       </c>
       <c r="C298" t="s">
         <v>627</v>
       </c>
       <c r="D298" t="s">
         <v>628</v>
       </c>
       <c r="E298" t="s">
         <v>629</v>
       </c>
       <c r="F298" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="299">
       <c r="A299">
         <v>7928805</v>
       </c>
       <c r="B299" t="s">
         <v>626</v>
       </c>
       <c r="C299" t="s">
         <v>627</v>
       </c>
       <c r="D299" t="s">
         <v>628</v>
       </c>
       <c r="E299" t="s">
         <v>629</v>
       </c>
       <c r="F299" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="300">
       <c r="A300">
         <v>7928806</v>
       </c>
       <c r="B300" t="s">
         <v>626</v>
       </c>
       <c r="C300" t="s">
         <v>627</v>
       </c>
       <c r="D300" t="s">
         <v>628</v>
       </c>
       <c r="E300" t="s">
         <v>629</v>
       </c>
       <c r="F300" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="301">
       <c r="A301">
         <v>7928807</v>
       </c>
       <c r="B301" t="s">
         <v>626</v>
       </c>
       <c r="C301" t="s">
         <v>627</v>
       </c>
       <c r="D301" t="s">
         <v>628</v>
       </c>
       <c r="E301" t="s">
         <v>629</v>
       </c>
       <c r="F301" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="302">
       <c r="A302">
         <v>7928808</v>
       </c>
       <c r="B302" t="s">
         <v>626</v>
       </c>
       <c r="C302" t="s">
         <v>627</v>
       </c>
       <c r="D302" t="s">
         <v>628</v>
       </c>
       <c r="E302" t="s">
         <v>629</v>
       </c>
       <c r="F302" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="303">
       <c r="A303">
         <v>7929803</v>
       </c>
       <c r="B303" t="s">
         <v>626</v>
       </c>
       <c r="C303" t="s">
         <v>627</v>
       </c>
       <c r="D303" t="s">
         <v>628</v>
       </c>
       <c r="E303" t="s">
         <v>629</v>
       </c>
       <c r="F303" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="304">
       <c r="A304">
         <v>7929804</v>
       </c>
       <c r="B304" t="s">
         <v>626</v>
       </c>
       <c r="C304" t="s">
         <v>627</v>
       </c>
       <c r="D304" t="s">
         <v>628</v>
       </c>
       <c r="E304" t="s">
         <v>629</v>
       </c>
       <c r="F304" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="305">
       <c r="A305">
         <v>7929805</v>
       </c>
       <c r="B305" t="s">
         <v>626</v>
       </c>
       <c r="C305" t="s">
         <v>627</v>
       </c>
       <c r="D305" t="s">
         <v>628</v>
       </c>
       <c r="E305" t="s">
         <v>629</v>
       </c>
       <c r="F305" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="306">
       <c r="A306">
         <v>7929806</v>
       </c>
       <c r="B306" t="s">
         <v>626</v>
       </c>
       <c r="C306" t="s">
         <v>627</v>
       </c>
       <c r="D306" t="s">
         <v>628</v>
       </c>
       <c r="E306" t="s">
         <v>629</v>
       </c>
       <c r="F306" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="307">
       <c r="A307">
         <v>7929807</v>
       </c>
       <c r="B307" t="s">
         <v>626</v>
       </c>
       <c r="C307" t="s">
         <v>627</v>
       </c>
       <c r="D307" t="s">
         <v>628</v>
       </c>
       <c r="E307" t="s">
         <v>629</v>
       </c>
       <c r="F307" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="308">
       <c r="A308">
         <v>7929808</v>
       </c>
       <c r="B308" t="s">
         <v>626</v>
       </c>
       <c r="C308" t="s">
         <v>627</v>
       </c>
       <c r="D308" t="s">
         <v>628</v>
       </c>
       <c r="E308" t="s">
         <v>629</v>
       </c>
       <c r="F308" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="309">
       <c r="A309">
         <v>7929809</v>
       </c>
       <c r="B309" t="s">
         <v>626</v>
       </c>
       <c r="C309" t="s">
         <v>627</v>
       </c>
       <c r="D309" t="s">
         <v>628</v>
       </c>
       <c r="E309" t="s">
         <v>629</v>
       </c>
       <c r="F309" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="310">
       <c r="A310">
         <v>7929810</v>
       </c>
       <c r="B310" t="s">
         <v>626</v>
       </c>
       <c r="C310" t="s">
         <v>627</v>
       </c>
       <c r="D310" t="s">
         <v>628</v>
       </c>
       <c r="E310" t="s">
         <v>629</v>
       </c>
       <c r="F310" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="311">
       <c r="A311">
         <v>7929811</v>
       </c>
       <c r="B311" t="s">
         <v>626</v>
       </c>
       <c r="C311" t="s">
         <v>627</v>
       </c>
       <c r="D311" t="s">
         <v>628</v>
       </c>
       <c r="E311" t="s">
         <v>629</v>
       </c>
       <c r="F311" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="312">
       <c r="A312">
         <v>7929812</v>
       </c>
       <c r="B312" t="s">
         <v>626</v>
       </c>
       <c r="C312" t="s">
         <v>627</v>
       </c>
       <c r="D312" t="s">
         <v>628</v>
       </c>
       <c r="E312" t="s">
         <v>629</v>
       </c>
       <c r="F312" s="3">
-        <v>6.30</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="313">
       <c r="A313">
         <v>81</v>
       </c>
       <c r="B313" t="s">
         <v>630</v>
       </c>
       <c r="C313" t="s">
         <v>631</v>
       </c>
       <c r="D313" t="s">
         <v>632</v>
       </c>
       <c r="E313" t="s">
         <v>14</v>
       </c>
       <c r="F313" s="3">
-        <v>1.44</v>
+        <v>1.38</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>